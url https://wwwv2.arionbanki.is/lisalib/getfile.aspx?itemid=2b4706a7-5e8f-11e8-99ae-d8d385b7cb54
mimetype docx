--- v0 (2026-02-04)
+++ v1 (2026-03-26)
@@ -1639,79 +1639,95 @@
           <w:szCs w:val="18"/>
           <w:lang w:val="is-IS"/>
         </w:rPr>
         <w:t xml:space="preserve">skilningi </w:t>
       </w:r>
       <w:r w:rsidR="001C33CB" w:rsidRPr="001C33CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="is-IS"/>
         </w:rPr>
         <w:t xml:space="preserve">66. tl. 4. gr. </w:t>
       </w:r>
       <w:r w:rsidRPr="001C33CB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>laga um markaði fyrir fjármálagerninga.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="366FDE5A" w14:textId="1B190D9B" w:rsidR="002B6BE8" w:rsidRPr="00372D28" w:rsidRDefault="00BF1AD7" w:rsidP="002B6BE8">
+    <w:p w14:paraId="366FDE5A" w14:textId="040AD0AA" w:rsidR="002B6BE8" w:rsidRPr="00372D28" w:rsidRDefault="00BF1AD7" w:rsidP="002B6BE8">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="80"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="10" w:name="_Hlk28596580"/>
       <w:r w:rsidRPr="001C33CB">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hugtakið fjármálagerningur er skilgreint í </w:t>
       </w:r>
       <w:r w:rsidR="001C33CB" w:rsidRPr="001C33CB">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>16. tl. 4. gr. laga</w:t>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00170EDF">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="001C33CB" w:rsidRPr="001C33CB">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. tl. 4. gr. laga</w:t>
       </w:r>
       <w:r w:rsidRPr="001C33CB">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> um markaði fyrir fjármálagerninga, en undir hugtakið falla </w:t>
       </w:r>
       <w:r w:rsidR="00C378A7" w:rsidRPr="001C33CB">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">m.a. </w:t>
       </w:r>
       <w:r w:rsidRPr="001C33CB">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>verðbréf (s.s. hlutabréf og skuldabréf), peningamarkaðsgerningar (s.s.</w:t>
       </w:r>
@@ -4626,82 +4642,64 @@
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5E4ACDEE" w14:textId="77777777" w:rsidR="00CC224B" w:rsidRDefault="00CC224B" w:rsidP="26C25B00">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="55035566" w14:textId="77777777" w:rsidR="001F1461" w:rsidRDefault="001F1461" w:rsidP="26C25B00">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="66302FF3" w14:textId="4ED4CE83" w:rsidR="00CC224B" w:rsidRPr="00107C10" w:rsidRDefault="00CC224B" w:rsidP="26C25B00">
+    <w:p w14:paraId="3425892D" w14:textId="77777777" w:rsidR="00DA06BE" w:rsidRPr="00913487" w:rsidRDefault="00DA06BE" w:rsidP="00DA06BE">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> Skjal þetta er vistað og viðskiptavini aðgengilegt í Rafrænum skjölum í Netbanka Arion banka og/eða á netfangi viðskiptavinar.</w:t>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00913487">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kjósi viðskiptavinur/ir að undirrita skjal þetta með rafrænum hætti í stað eiginhandarundirritunar, verða allir undirritendur að undirrita skjalið með rafrænum hætti. Í þeim tilvikum er skjal þetta undirritað öllu framangreindu til staðfestingar með fullgildri rafrænni undirritun af hálfu þess/þeirra aðila sem heimild hafa til þess að skuldbinda lögaðila. Rafræn undirritun skjalsins er í samræmi við lög nr. 55/2019 um rafræna auðkenningu og traustþjónustu fyrir rafræn viðskipti. Skjal þetta er vistað og viðskiptavini aðgengilegt í Rafrænum skjölum í Netbanka Arion banka og/eða á netfangi viðskiptavinar. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E758777" w14:textId="6868F3A8" w:rsidR="003C7C0F" w:rsidRDefault="003C7C0F" w:rsidP="00B1B566">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="5D65571E">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
@@ -4908,580 +4906,650 @@
           <w:iCs w:val="0"/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C33ECE">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:iCs w:val="0"/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t>UMBOÐ</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A4FF633" w14:textId="77777777" w:rsidR="000B54A9" w:rsidRPr="00B42A72" w:rsidRDefault="000B54A9" w:rsidP="00180CF6">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:bCs/>
           <w:iCs w:val="0"/>
           <w:sz w:val="6"/>
           <w:szCs w:val="6"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2EB75884" w14:textId="49871E4B" w:rsidR="0064625B" w:rsidRDefault="2C84C1D2" w:rsidP="00B1B566">
+    <w:p w14:paraId="2EB75884" w14:textId="723DE9A9" w:rsidR="0064625B" w:rsidRPr="00DA06BE" w:rsidRDefault="2C84C1D2" w:rsidP="00B1B566">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rStyle w:val="TitleChar"/>
           <w:rFonts w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="is-IS"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B1B566">
+      <w:r w:rsidRPr="00DA06BE">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Eftirtaldir aðilar hafa</w:t>
       </w:r>
-      <w:r w:rsidR="55E4EAA2" w:rsidRPr="00B1B566">
+      <w:r w:rsidR="55E4EAA2" w:rsidRPr="00DA06BE">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="57025D58" w:rsidRPr="00B1B566">
+      <w:r w:rsidR="57025D58" w:rsidRPr="00DA06BE">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">fullt og ótakmarkað </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B1B566">
+      <w:r w:rsidRPr="00DA06BE">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>umboð</w:t>
       </w:r>
-      <w:r w:rsidR="55E4EAA2" w:rsidRPr="00B1B566">
+      <w:r w:rsidR="55E4EAA2" w:rsidRPr="00DA06BE">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B1B566">
+      <w:r w:rsidRPr="00DA06BE">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">til </w:t>
       </w:r>
-      <w:r w:rsidR="3987C68D" w:rsidRPr="00B1B566">
-[...7 lines deleted...]
-      <w:r w:rsidR="3D192F9F" w:rsidRPr="00B1B566">
+      <w:r w:rsidR="3987C68D" w:rsidRPr="00DA06BE">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>að koma fram fyrir hönd</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA31F1" w:rsidRPr="00DA06BE">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tilgreinds </w:t>
+      </w:r>
+      <w:r w:rsidR="005B620C" w:rsidRPr="00DA06BE">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>lögaðila</w:t>
+      </w:r>
+      <w:r w:rsidR="3987C68D" w:rsidRPr="00DA06BE">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gagnvart Arion banka</w:t>
+      </w:r>
+      <w:r w:rsidR="00764BBF" w:rsidRPr="00DA06BE">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> á grundvelli gildandi samnings um verðbréfaþjónustu</w:t>
+      </w:r>
+      <w:r w:rsidR="3987C68D" w:rsidRPr="00DA06BE">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, þ.m.t.</w:t>
+      </w:r>
+      <w:r w:rsidR="3D192F9F" w:rsidRPr="00DA06BE">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B1B566">
+      <w:r w:rsidRPr="00DA06BE">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">að gera samninga fyrir hönd </w:t>
       </w:r>
-      <w:r w:rsidR="56E382A6" w:rsidRPr="00B1B566">
+      <w:r w:rsidR="56E382A6" w:rsidRPr="00DA06BE">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>lögaðilan</w:t>
       </w:r>
-      <w:r w:rsidR="4D7FC884" w:rsidRPr="00B1B566">
+      <w:r w:rsidR="4D7FC884" w:rsidRPr="00DA06BE">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B1B566">
+      <w:r w:rsidRPr="00DA06BE">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="is-IS"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B1B566">
+      <w:r w:rsidRPr="00DA06BE">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>á grundvelli</w:t>
       </w:r>
-      <w:r w:rsidR="31CC6766" w:rsidRPr="00B1B566">
-[...15 lines deleted...]
-      <w:r w:rsidR="55E4EAA2" w:rsidRPr="00B1B566">
+      <w:r w:rsidR="31CC6766" w:rsidRPr="00DA06BE">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00764BBF" w:rsidRPr="00DA06BE">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">þess </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA06BE">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">samnings </w:t>
       </w:r>
       <w:bookmarkStart w:id="16" w:name="Text11"/>
       <w:bookmarkStart w:id="17" w:name="DAGS_VERDBRTHJON"/>
       <w:bookmarkEnd w:id="16"/>
       <w:bookmarkEnd w:id="17"/>
-      <w:r w:rsidRPr="00B1B566">
+      <w:r w:rsidRPr="00DA06BE">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">og almennra markaðsskilmála </w:t>
       </w:r>
-      <w:r w:rsidR="64FC46D2" w:rsidRPr="00B1B566">
+      <w:r w:rsidR="64FC46D2" w:rsidRPr="00DA06BE">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">um </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B1B566">
+      <w:r w:rsidRPr="00DA06BE">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>verðbréfaviðskipti milli Arion banka og viðskiptavina hans („</w:t>
       </w:r>
-      <w:r w:rsidR="0EF98DE2" w:rsidRPr="00B1B566">
+      <w:r w:rsidR="0EF98DE2" w:rsidRPr="00DA06BE">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B1B566">
+      <w:r w:rsidRPr="00DA06BE">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>lmennir markaðsskilmálar“)</w:t>
       </w:r>
-      <w:r w:rsidR="0769799D" w:rsidRPr="00B1B566">
+      <w:r w:rsidR="0769799D" w:rsidRPr="00DA06BE">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="0769799D" w:rsidRPr="009A602B">
+      <w:r w:rsidR="0769799D" w:rsidRPr="00DA06BE">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="is-IS"/>
         </w:rPr>
         <w:t xml:space="preserve">stofna bankareikninga, vörslusöfn og undirrita öll þau skjöl, staðfestingar, upplýsingar og önnur gögn </w:t>
       </w:r>
-      <w:r w:rsidR="00797939">
+      <w:r w:rsidR="00797939" w:rsidRPr="00DA06BE">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="is-IS"/>
         </w:rPr>
         <w:t>vegna viðskiptanna</w:t>
       </w:r>
-      <w:r w:rsidR="0769799D" w:rsidRPr="009A602B">
+      <w:r w:rsidR="0769799D" w:rsidRPr="00DA06BE">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="is-IS"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="0ACE330E" w:rsidRPr="009A602B">
+      <w:r w:rsidR="0ACE330E" w:rsidRPr="00DA06BE">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="is-IS"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00644215" w:rsidRPr="00DA06BE">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="is-IS"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Auk þess nær umboð þetta til þess að uppfæra samning um verðbréfaþjónustu. </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="240C3B22" w14:textId="57AF2369" w:rsidR="0064625B" w:rsidRPr="00B42A72" w:rsidRDefault="0064625B" w:rsidP="00B1B566">
+    <w:p w14:paraId="240C3B22" w14:textId="57AF2369" w:rsidR="0064625B" w:rsidRPr="00DA06BE" w:rsidRDefault="0064625B" w:rsidP="00B1B566">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="6"/>
           <w:szCs w:val="6"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="11BD6A1D" w14:textId="0F37FA2A" w:rsidR="0064625B" w:rsidRDefault="62F0A62E" w:rsidP="00B1B566">
+    <w:p w14:paraId="11BD6A1D" w14:textId="4C39F1C7" w:rsidR="0064625B" w:rsidRPr="00DA06BE" w:rsidRDefault="62F0A62E" w:rsidP="00B1B566">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rStyle w:val="TitleChar"/>
           <w:rFonts w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="is-IS"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B1B566">
+      <w:r w:rsidRPr="00DA06BE">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Umboð þetta nær til þess að eiga</w:t>
       </w:r>
-      <w:r w:rsidR="5FE92640" w:rsidRPr="00B1B566">
+      <w:r w:rsidR="5FE92640" w:rsidRPr="00DA06BE">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> viðskipti með fjármálagerninga á grundvelli framangreindra samninga og skjala fyrir</w:t>
       </w:r>
-      <w:r w:rsidR="3F8BE4FF" w:rsidRPr="00B1B566">
+      <w:r w:rsidR="3F8BE4FF" w:rsidRPr="00DA06BE">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="5FE92640" w:rsidRPr="00B1B566">
+      <w:r w:rsidR="5FE92640" w:rsidRPr="00DA06BE">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>hönd lögaðila</w:t>
       </w:r>
-      <w:r w:rsidR="075B88A8" w:rsidRPr="00B1B566">
-[...15 lines deleted...]
-      <w:r w:rsidR="2361F6DA" w:rsidRPr="00B1B566">
+      <w:r w:rsidR="00764BBF" w:rsidRPr="00DA06BE">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ns</w:t>
+      </w:r>
+      <w:r w:rsidR="075B88A8" w:rsidRPr="00DA06BE">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> og nær til allra vörslusafna í eigu lögaðila</w:t>
+      </w:r>
+      <w:r w:rsidR="00764BBF" w:rsidRPr="00DA06BE">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ns</w:t>
+      </w:r>
+      <w:r w:rsidR="075B88A8" w:rsidRPr="00DA06BE">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sem til eru og verða stofnuð í framtíðinni</w:t>
+      </w:r>
+      <w:r w:rsidR="5FE92640" w:rsidRPr="00DA06BE">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>. Umboð þetta nær jafnframt til þess að óska eftir og taka við, hvers kyns upplýsingum frá Arion banka og öðrum aðilum um fjármálagerninga lögaðilans í vörslu Arion banka. Umboð þetta nær einni</w:t>
+      </w:r>
+      <w:r w:rsidR="2361F6DA" w:rsidRPr="00DA06BE">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>g til netbanka Arion banka og útibúa</w:t>
       </w:r>
-      <w:r w:rsidR="2DC27D11" w:rsidRPr="00B1B566">
+      <w:r w:rsidR="2DC27D11" w:rsidRPr="00DA06BE">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="2DC27D11" w:rsidRPr="00B1B566">
+      <w:r w:rsidR="2DC27D11" w:rsidRPr="00DA06BE">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>að því leyti er varðar viðskipti með fjármálagerninga á grundvelli gildandi samnings um verðbréfaþjónustu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D90FBF5" w14:textId="1DD8769A" w:rsidR="0064625B" w:rsidRPr="00B42A72" w:rsidRDefault="0064625B" w:rsidP="26C25B00">
+    <w:p w14:paraId="4D90FBF5" w14:textId="1DD8769A" w:rsidR="0064625B" w:rsidRPr="00DA06BE" w:rsidRDefault="0064625B" w:rsidP="26C25B00">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="6"/>
           <w:szCs w:val="6"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3FD5846D" w14:textId="519B6EE3" w:rsidR="0064625B" w:rsidRDefault="1C65DDBA" w:rsidP="3E709DF8">
+    <w:p w14:paraId="3FD5846D" w14:textId="03811C24" w:rsidR="0064625B" w:rsidRPr="00DA06BE" w:rsidRDefault="1C65DDBA" w:rsidP="3E709DF8">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
-          <w:color w:val="751D20"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
           <w:lang w:val="is-IS"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B1B566">
+      <w:r w:rsidRPr="00DA06BE">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Umboð þetta er ótakmarkað, nema annað komi skýrt fram. </w:t>
       </w:r>
-      <w:r w:rsidR="2C84C1D2" w:rsidRPr="00B1B566">
+      <w:r w:rsidR="2C84C1D2" w:rsidRPr="00DA06BE">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Það er á ábyrgð </w:t>
       </w:r>
-      <w:r w:rsidR="41544BFD" w:rsidRPr="00B1B566">
+      <w:r w:rsidR="004043D1" w:rsidRPr="00DA06BE">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">viðskiptavinar </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="2C84C1D2" w:rsidRPr="00B1B566">
+        <w:t xml:space="preserve">umboðsgjafa </w:t>
+      </w:r>
+      <w:r w:rsidR="2C84C1D2" w:rsidRPr="00DA06BE">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>að gera grein fyrir sérhverjum takmörkunum á umboði</w:t>
       </w:r>
-      <w:r w:rsidR="2C84C1D2" w:rsidRPr="00B1B566">
+      <w:r w:rsidR="2C84C1D2" w:rsidRPr="00DA06BE">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="is-IS"/>
         </w:rPr>
         <w:t xml:space="preserve"> neðangreindra </w:t>
       </w:r>
-      <w:r w:rsidR="74C4B29C" w:rsidRPr="00B1B566">
+      <w:r w:rsidR="74C4B29C" w:rsidRPr="00DA06BE">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="is-IS"/>
         </w:rPr>
         <w:t xml:space="preserve">umboðshafa </w:t>
       </w:r>
-      <w:r w:rsidR="2C84C1D2" w:rsidRPr="00B1B566">
+      <w:r w:rsidR="2C84C1D2" w:rsidRPr="00DA06BE">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="is-IS"/>
         </w:rPr>
         <w:t>þegar þeir</w:t>
       </w:r>
-      <w:r w:rsidR="2C84C1D2" w:rsidRPr="00B1B566">
+      <w:r w:rsidR="2C84C1D2" w:rsidRPr="00DA06BE">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> koma fram fyrir hönd </w:t>
       </w:r>
-      <w:r w:rsidR="05AAE8A7" w:rsidRPr="00B1B566">
+      <w:r w:rsidR="00B64BFE" w:rsidRPr="00DA06BE">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">viðskiptavinar </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="2C84C1D2" w:rsidRPr="00B1B566">
+        <w:t xml:space="preserve">lögaðilans </w:t>
+      </w:r>
+      <w:r w:rsidR="2C84C1D2" w:rsidRPr="00DA06BE">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>gagnvart Arion banka.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C5FF5A6" w14:textId="67854192" w:rsidR="0064625B" w:rsidRPr="00B42A72" w:rsidRDefault="0064625B" w:rsidP="00B1B566">
+    <w:p w14:paraId="2C5FF5A6" w14:textId="67854192" w:rsidR="0064625B" w:rsidRPr="00DA06BE" w:rsidRDefault="0064625B" w:rsidP="00B1B566">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="6"/>
           <w:szCs w:val="6"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D4627DB" w14:textId="2F80C48F" w:rsidR="0064625B" w:rsidRDefault="1B1F295A" w:rsidP="00B1B566">
+    <w:p w14:paraId="7D4627DB" w14:textId="2F80C48F" w:rsidR="0064625B" w:rsidRPr="00DA06BE" w:rsidRDefault="1B1F295A" w:rsidP="00B1B566">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B1B566">
+      <w:r w:rsidRPr="00DA06BE">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Allt sem hver og einn umboðshafi gerir samkvæmt umboði þessu skal vera jafngilt og stjórn lögaðilans hafi gert það sjálf. Verði gerðar breytingar á útgefnum umboðum verður það tilkynnt bankanum í samræmi við almenna markaðsskilmála. Lögaðilinn er bundinn öllum samningum sem hver og einn </w:t>
       </w:r>
-      <w:r w:rsidR="5061F4FA" w:rsidRPr="00B1B566">
+      <w:r w:rsidR="5061F4FA" w:rsidRPr="00DA06BE">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">umboðshafi </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B1B566">
+      <w:r w:rsidRPr="00DA06BE">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">stofnar til þar til gild afturköllun umboðsins berst </w:t>
       </w:r>
-      <w:r w:rsidR="1AF27D2F" w:rsidRPr="00B1B566">
+      <w:r w:rsidR="1AF27D2F" w:rsidRPr="00DA06BE">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Arion banka </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B1B566">
+      <w:r w:rsidRPr="00DA06BE">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>með sannanlegum hætti. Þeir sem firma félagsins rita skulu undirrita umboð þetta og ábyrgjast að</w:t>
       </w:r>
-      <w:r w:rsidR="508B5762" w:rsidRPr="00B1B566">
+      <w:r w:rsidR="508B5762" w:rsidRPr="00DA06BE">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> þeir hafi til þess heimild</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B1B566">
+      <w:r w:rsidRPr="00DA06BE">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">, samkvæmt samþykktum félagsins og lögum. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B1B566">
+      <w:r w:rsidRPr="00DA06BE">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Nýjasta umboð hvers aðila vegna verðbréfa gildir hverju sinni.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="235EC3EE" w14:textId="77777777" w:rsidR="00B42A72" w:rsidRPr="00D53871" w:rsidRDefault="00B42A72" w:rsidP="00B1B566">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2A2131E6" w14:textId="394D5796" w:rsidR="0064625B" w:rsidRDefault="1A562A18" w:rsidP="00B1B566">
       <w:pPr>
         <w:spacing w:after="60"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -5530,77 +5598,73 @@
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> veitir umboð samkvæmt ofangreindu eru:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04DA7770" w14:textId="6B261F9B" w:rsidR="0064625B" w:rsidRDefault="0064625B" w:rsidP="00B1B566">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2309"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2440"/>
+        <w:gridCol w:w="5009"/>
         <w:gridCol w:w="274"/>
         <w:gridCol w:w="4581"/>
       </w:tblGrid>
       <w:tr w:rsidR="0064625B" w:rsidRPr="00481B76" w14:paraId="72109EAA" w14:textId="77777777" w:rsidTr="26C25B00">
         <w:trPr>
           <w:trHeight w:val="69"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2539" w:type="pct"/>
-            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="19ACD5C5" w14:textId="77777777" w:rsidR="00793B11" w:rsidRDefault="00A235F2" w:rsidP="00B10DE0">
+          <w:p w14:paraId="4C24C89F" w14:textId="0497258B" w:rsidR="0064625B" w:rsidRPr="00481B76" w:rsidRDefault="00D01C8E" w:rsidP="00B10DE0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
-                <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="NAFN_UMBODSHAFA1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="40"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="18" w:name="NAFN_UMBODSHAFA1"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
@@ -5627,61 +5691,50 @@
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-          </w:p>
-[...9 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="18"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="139" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="3A3159CC" w14:textId="77777777" w:rsidR="0064625B" w:rsidRPr="00481B76" w:rsidRDefault="0064625B" w:rsidP="00B10DE0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -5767,51 +5820,50 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="19"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0064625B" w:rsidRPr="0091312D" w14:paraId="0DBDA3F1" w14:textId="77777777" w:rsidTr="26C25B00">
         <w:trPr>
           <w:trHeight w:val="86"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2539" w:type="pct"/>
-            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="02A3C2F8" w14:textId="77777777" w:rsidR="0064625B" w:rsidRPr="0091312D" w:rsidRDefault="0064625B" w:rsidP="00B10DE0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
                 <w:tab w:val="left" w:pos="3828"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0091312D">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Nafn</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -5833,591 +5885,108 @@
           <w:tcPr>
             <w:tcW w:w="2322" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="16EFEF57" w14:textId="77777777" w:rsidR="0064625B" w:rsidRPr="0091312D" w:rsidRDefault="0064625B" w:rsidP="00B10DE0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0091312D">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t xml:space="preserve">Kennitala </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0064625B" w:rsidRPr="00481B76" w14:paraId="7EAE539F" w14:textId="77777777" w:rsidTr="26C25B00">
-[...478 lines deleted...]
-      </w:tr>
     </w:tbl>
     <w:p w14:paraId="482D473C" w14:textId="77777777" w:rsidR="0064625B" w:rsidRPr="001F1461" w:rsidRDefault="0064625B" w:rsidP="0064625B">
       <w:pPr>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="6"/>
           <w:szCs w:val="6"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2309"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2440"/>
+        <w:gridCol w:w="5009"/>
         <w:gridCol w:w="274"/>
         <w:gridCol w:w="4581"/>
       </w:tblGrid>
       <w:tr w:rsidR="0064625B" w:rsidRPr="00481B76" w14:paraId="5C4CB0A3" w14:textId="77777777" w:rsidTr="00B1B566">
         <w:trPr>
           <w:trHeight w:val="69"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2539" w:type="pct"/>
-            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0C12B453" w14:textId="1376A7DA" w:rsidR="0064625B" w:rsidRPr="00481B76" w:rsidRDefault="00A235F2" w:rsidP="00B10DE0">
+          <w:p w14:paraId="0C12B453" w14:textId="13D96CED" w:rsidR="0064625B" w:rsidRPr="00481B76" w:rsidRDefault="00D01C8E" w:rsidP="00B10DE0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="NAFN_UMBODSHAFA2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="40"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="23" w:name="NAFN_UMBODSHAFA2"/>
+            <w:bookmarkStart w:id="20" w:name="NAFN_UMBODSHAFA2"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -6432,51 +6001,51 @@
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="23"/>
+            <w:bookmarkEnd w:id="20"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="139" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="449C7A5E" w14:textId="77777777" w:rsidR="0064625B" w:rsidRPr="00481B76" w:rsidRDefault="0064625B" w:rsidP="00B10DE0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2322" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
@@ -6485,51 +6054,51 @@
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="KT_UMBODSHAFA2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:maxLength w:val="11"/>
                     <w:format w:val="######-####"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="24" w:name="KT_UMBODSHAFA2"/>
+            <w:bookmarkStart w:id="21" w:name="KT_UMBODSHAFA2"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -6544,62 +6113,61 @@
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="24"/>
+            <w:bookmarkEnd w:id="21"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0064625B" w:rsidRPr="0091312D" w14:paraId="369B3BA1" w14:textId="77777777" w:rsidTr="00B1B566">
         <w:trPr>
           <w:trHeight w:val="86"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2539" w:type="pct"/>
-            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="052135DC" w14:textId="77777777" w:rsidR="0064625B" w:rsidRPr="0091312D" w:rsidRDefault="0064625B" w:rsidP="00B10DE0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
                 <w:tab w:val="left" w:pos="3828"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0091312D">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Nafn</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -6621,591 +6189,108 @@
           <w:tcPr>
             <w:tcW w:w="2322" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="57997E9D" w14:textId="77777777" w:rsidR="0064625B" w:rsidRPr="0091312D" w:rsidRDefault="0064625B" w:rsidP="00B10DE0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0091312D">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t xml:space="preserve">Kennitala </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0064625B" w:rsidRPr="00481B76" w14:paraId="19B1F49B" w14:textId="77777777" w:rsidTr="00B1B566">
-[...478 lines deleted...]
-      </w:tr>
     </w:tbl>
     <w:p w14:paraId="60D0D05B" w14:textId="77777777" w:rsidR="0064625B" w:rsidRPr="001F1461" w:rsidRDefault="0064625B" w:rsidP="0064625B">
       <w:pPr>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="6"/>
           <w:szCs w:val="6"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2309"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2440"/>
+        <w:gridCol w:w="5009"/>
         <w:gridCol w:w="274"/>
         <w:gridCol w:w="4581"/>
       </w:tblGrid>
       <w:tr w:rsidR="0064625B" w:rsidRPr="00481B76" w14:paraId="66B34C88" w14:textId="77777777" w:rsidTr="00B1B566">
         <w:trPr>
           <w:trHeight w:val="69"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2539" w:type="pct"/>
-            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="45D618E3" w14:textId="04CF4A0E" w:rsidR="0064625B" w:rsidRPr="00481B76" w:rsidRDefault="00A235F2" w:rsidP="00B10DE0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="NAFN_UMBODSHAFA3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="40"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="28" w:name="NAFN_UMBODSHAFA3"/>
+            <w:bookmarkStart w:id="22" w:name="NAFN_UMBODSHAFA3"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -7220,51 +6305,51 @@
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="28"/>
+            <w:bookmarkEnd w:id="22"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="139" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="41859089" w14:textId="77777777" w:rsidR="0064625B" w:rsidRPr="00481B76" w:rsidRDefault="0064625B" w:rsidP="00B10DE0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2322" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
@@ -7273,51 +6358,51 @@
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="KT_UMBODSHAFA3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:maxLength w:val="11"/>
                     <w:format w:val="######-####"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="29" w:name="KT_UMBODSHAFA3"/>
+            <w:bookmarkStart w:id="23" w:name="KT_UMBODSHAFA3"/>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -7332,62 +6417,61 @@
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="29"/>
+            <w:bookmarkEnd w:id="23"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0064625B" w:rsidRPr="0091312D" w14:paraId="554649F8" w14:textId="77777777" w:rsidTr="00B1B566">
         <w:trPr>
           <w:trHeight w:val="86"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2539" w:type="pct"/>
-            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="078BFB84" w14:textId="77777777" w:rsidR="0064625B" w:rsidRPr="0091312D" w:rsidRDefault="0064625B" w:rsidP="00B10DE0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
                 <w:tab w:val="left" w:pos="3828"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0091312D">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t>Nafn</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -7406,530 +6490,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2322" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="50AB436B" w14:textId="77777777" w:rsidR="0064625B" w:rsidRPr="0091312D" w:rsidRDefault="0064625B" w:rsidP="00B10DE0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0091312D">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
               <w:t xml:space="preserve">Kennitala </w:t>
             </w:r>
-          </w:p>
-[...478 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2FA87D35" w14:textId="0A29E37C" w:rsidR="0064625B" w:rsidRPr="0064625B" w:rsidRDefault="0064625B" w:rsidP="5D65571E">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3A8D1D03" w14:textId="41108436" w:rsidR="000C6B01" w:rsidRPr="00891BB5" w:rsidDel="00017FDF" w:rsidRDefault="000C6B01" w:rsidP="00B1B566">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
@@ -8417,139 +7021,127 @@
           </w:tcPr>
           <w:p w14:paraId="2E7D7C26" w14:textId="77777777" w:rsidR="001F1461" w:rsidRPr="00D149A1" w:rsidRDefault="001F1461" w:rsidP="00B8069B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="71CAF91B" w14:textId="641653AB" w:rsidR="00017FDF" w:rsidRPr="001F1461" w:rsidRDefault="00017FDF" w:rsidP="3E709DF8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="30F24F1C" w14:textId="72596661" w:rsidR="00891BB5" w:rsidRDefault="27C2A529" w:rsidP="00842329">
+    <w:p w14:paraId="0CFCF544" w14:textId="77777777" w:rsidR="00A34B52" w:rsidRDefault="00A34B52" w:rsidP="00560857">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B1B566">
-[...22 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="3EA0CA1D" w14:textId="39767DD2" w:rsidR="00B42A72" w:rsidRDefault="00B42A72">
-[...1 lines deleted...]
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="64EC5B3D" w14:textId="77777777" w:rsidR="00DA06BE" w:rsidRPr="00913487" w:rsidRDefault="00DA06BE" w:rsidP="00DA06BE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00913487">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kjósi viðskiptavinur/ir að undirrita skjal þetta með rafrænum hætti í stað eiginhandarundirritunar, verða allir undirritendur að undirrita skjalið með rafrænum hætti. Í þeim tilvikum er skjal þetta undirritað öllu framangreindu til staðfestingar með fullgildri rafrænni undirritun af hálfu þess/þeirra aðila sem heimild hafa til þess að skuldbinda lögaðila. Rafræn undirritun skjalsins er í samræmi við lög nr. 55/2019 um rafræna auðkenningu og traustþjónustu fyrir rafræn viðskipti. Skjal þetta er vistað og viðskiptavini aðgengilegt í Rafrænum skjölum í Netbanka Arion banka og/eða á netfangi viðskiptavinar. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EA0CA1D" w14:textId="0B214408" w:rsidR="00B42A72" w:rsidRDefault="00B42A72" w:rsidP="00D01C8E">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="697E07E8" w14:textId="77777777" w:rsidR="006B2272" w:rsidRDefault="006B2272">
+      <w:bookmarkStart w:id="24" w:name="_Hlk74661779"/>
       <w:r>
-        <w:rPr>
-[...4 lines deleted...]
-        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7566"/>
         <w:gridCol w:w="2298"/>
       </w:tblGrid>
       <w:tr w:rsidR="00891BB5" w:rsidRPr="00891BB5" w14:paraId="371E3620" w14:textId="77777777" w:rsidTr="00B10DE0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3835" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="47BBB5C5" w14:textId="77777777" w:rsidR="00891BB5" w:rsidRPr="00891BB5" w:rsidRDefault="00891BB5" w:rsidP="00891BB5">
+          <w:p w14:paraId="47BBB5C5" w14:textId="0A012891" w:rsidR="00891BB5" w:rsidRPr="00891BB5" w:rsidRDefault="00891BB5" w:rsidP="00891BB5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Malgun Gothic" w:hAnsi="Arial" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="19488C"/>
                 <w:spacing w:val="20"/>
                 <w:kern w:val="28"/>
                 <w:szCs w:val="52"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="33" w:name="_Hlk74661779"/>
             <w:r w:rsidRPr="00891BB5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Malgun Gothic" w:hAnsi="Arial" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="19488C"/>
                 <w:spacing w:val="20"/>
                 <w:kern w:val="28"/>
                 <w:szCs w:val="52"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Útskýring á LEI - auðkenni</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="07392A73" w14:textId="77777777" w:rsidR="00891BB5" w:rsidRPr="00891BB5" w:rsidRDefault="00891BB5" w:rsidP="00891BB5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="646"/>
               </w:tabs>
               <w:jc w:val="right"/>
               <w:rPr>
@@ -8610,51 +7202,51 @@
                           </a:prstGeom>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                               <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                             </a:ext>
                           </a:extLst>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="33"/>
+      <w:bookmarkEnd w:id="24"/>
     </w:tbl>
     <w:p w14:paraId="21B184B3" w14:textId="77777777" w:rsidR="000C6B01" w:rsidRPr="00891BB5" w:rsidRDefault="000C6B01" w:rsidP="00180CF6">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:bCs/>
           <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="271DBB65" w14:textId="77777777" w:rsidR="00891BB5" w:rsidRPr="00891BB5" w:rsidRDefault="00891BB5" w:rsidP="000C6B01">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="11118F94" w14:textId="6DA3270B" w:rsidR="000C6B01" w:rsidRPr="00891BB5" w:rsidRDefault="000C6B01" w:rsidP="00B42A72">
       <w:pPr>
         <w:jc w:val="both"/>
@@ -9010,193 +7602,192 @@
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:bCs/>
           <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="000C6B01" w:rsidRPr="00891BB5" w:rsidSect="00817FD2">
       <w:footerReference w:type="default" r:id="rId16"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="851" w:right="1021" w:bottom="737" w:left="1021" w:header="709" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4C19ECEF" w14:textId="77777777" w:rsidR="00D77817" w:rsidRDefault="00D77817" w:rsidP="006C3641">
+    <w:p w14:paraId="6BF66326" w14:textId="77777777" w:rsidR="002D0A17" w:rsidRDefault="002D0A17" w:rsidP="006C3641">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2D3EB294" w14:textId="77777777" w:rsidR="00D77817" w:rsidRDefault="00D77817" w:rsidP="006C3641">
+    <w:p w14:paraId="3FAEE4D2" w14:textId="77777777" w:rsidR="002D0A17" w:rsidRDefault="002D0A17" w:rsidP="006C3641">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Malgun Gothic">
-    <w:altName w:val="맑은 고딕"/>
     <w:panose1 w:val="020B0503020000020004"/>
     <w:charset w:val="81"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="9000002F" w:usb1="29D77CFB" w:usb2="00000012" w:usb3="00000000" w:csb0="00080001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="TableGrid"/>
       <w:tblW w:w="5000" w:type="pct"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3434"/>
       <w:gridCol w:w="2914"/>
       <w:gridCol w:w="3516"/>
     </w:tblGrid>
     <w:tr w:rsidR="00E74729" w14:paraId="7D04EE26" w14:textId="77777777" w:rsidTr="00B10DE0">
       <w:trPr>
         <w:trHeight w:val="794"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1741" w:type="pct"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
-        <w:p w14:paraId="2C342E96" w14:textId="628ACB02" w:rsidR="00E74729" w:rsidRDefault="00E74729" w:rsidP="00E74729">
+        <w:p w14:paraId="2C342E96" w14:textId="21E99F7A" w:rsidR="00E74729" w:rsidRDefault="00E74729" w:rsidP="00E74729">
           <w:pPr>
             <w:rPr>
               <w:rStyle w:val="Emphasis"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00C21889">
             <w:rPr>
               <w:rStyle w:val="Emphasis"/>
             </w:rPr>
             <w:t xml:space="preserve">Ebl. </w:t>
           </w:r>
-          <w:bookmarkStart w:id="34" w:name="T_NR"/>
+          <w:bookmarkStart w:id="25" w:name="T_NR"/>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Emphasis"/>
             </w:rPr>
             <w:t>18.4.1.4.4</w:t>
           </w:r>
-          <w:bookmarkEnd w:id="34"/>
+          <w:bookmarkEnd w:id="25"/>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Emphasis"/>
             </w:rPr>
             <w:t xml:space="preserve">  /  </w:t>
           </w:r>
-          <w:r w:rsidR="00515973">
-[...5 lines deleted...]
-          <w:r w:rsidR="00B42A72">
+          <w:r w:rsidR="00DA06BE">
             <w:rPr>
               <w:rStyle w:val="Emphasis"/>
             </w:rPr>
             <w:t>0</w:t>
+          </w:r>
+          <w:r w:rsidR="00A87F7A">
+            <w:rPr>
+              <w:rStyle w:val="Emphasis"/>
+            </w:rPr>
+            <w:t>2</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Emphasis"/>
             </w:rPr>
             <w:t>.2</w:t>
           </w:r>
-          <w:r w:rsidR="00B42A72">
+          <w:r w:rsidR="00DA06BE">
             <w:rPr>
               <w:rStyle w:val="Emphasis"/>
             </w:rPr>
-            <w:t>5</w:t>
+            <w:t>6</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Emphasis"/>
             </w:rPr>
             <w:t xml:space="preserve">  /  7 ár+</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1477" w:type="pct"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="Emphasis"/>
             </w:rPr>
             <w:id w:val="-379940538"/>
             <w:docPartObj>
               <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
               <w:docPartUnique/>
             </w:docPartObj>
           </w:sdtPr>
@@ -9281,78 +7872,78 @@
                 </w:rPr>
                 <w:t>1</w:t>
               </w:r>
               <w:r w:rsidRPr="00AB47BF">
                 <w:rPr>
                   <w:rStyle w:val="Emphasis"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="end"/>
               </w:r>
             </w:p>
           </w:sdtContent>
         </w:sdt>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1782" w:type="pct"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p w14:paraId="401EEA07" w14:textId="77777777" w:rsidR="00E74729" w:rsidRDefault="00E74729" w:rsidP="00E74729">
           <w:pPr>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rStyle w:val="Emphasis"/>
             </w:rPr>
           </w:pPr>
-          <w:bookmarkStart w:id="35" w:name="STRIKAM"/>
-          <w:bookmarkEnd w:id="35"/>
+          <w:bookmarkStart w:id="26" w:name="STRIKAM"/>
+          <w:bookmarkEnd w:id="26"/>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="5BA6A001" w14:textId="77777777" w:rsidR="006C3641" w:rsidRPr="003D2740" w:rsidRDefault="006C3641" w:rsidP="003D2740">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rStyle w:val="Strong"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6022AF57" w14:textId="77777777" w:rsidR="00D77817" w:rsidRDefault="00D77817" w:rsidP="006C3641">
+    <w:p w14:paraId="3332BECC" w14:textId="77777777" w:rsidR="002D0A17" w:rsidRDefault="002D0A17" w:rsidP="006C3641">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="73973A38" w14:textId="77777777" w:rsidR="00D77817" w:rsidRDefault="00D77817" w:rsidP="006C3641">
+    <w:p w14:paraId="53BD4E11" w14:textId="77777777" w:rsidR="002D0A17" w:rsidRDefault="002D0A17" w:rsidP="006C3641">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="37085C03"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C5E6A2EC"/>
     <w:lvl w:ilvl="0" w:tplc="ACD62566">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
         <w:sz w:val="20"/>
@@ -9511,349 +8102,391 @@
     <w:lvl w:ilvl="8" w:tplc="040F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6540" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="769855735">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1510826574">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="aiSlDppEr9UNe5DHTq2xO7O+X/FyYh37aAOmKihsgRWUXg7rubNm+SWxf+H1whUBYXjyXaVgxtoGTryJmCErZg==" w:salt="PXseE1LHFWbXcThwLHHMxQ=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="n7oAPk+vaq6rRGnaLVKTdo4jjCLyatk0531jiu2GsT51QOHvrmBIAenJ3y31ZpNeRG1KMLzRXOKBljVelcQ/6g==" w:salt="1Fp3BrK0qSB9acq02G6KvQ=="/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006C3641"/>
     <w:rsid w:val="000007D9"/>
     <w:rsid w:val="00002FE6"/>
     <w:rsid w:val="000062EC"/>
     <w:rsid w:val="00017FDF"/>
+    <w:rsid w:val="00032555"/>
     <w:rsid w:val="00034B67"/>
     <w:rsid w:val="00035AAB"/>
     <w:rsid w:val="00040E98"/>
     <w:rsid w:val="00042155"/>
+    <w:rsid w:val="00047E55"/>
     <w:rsid w:val="00051A49"/>
     <w:rsid w:val="00053721"/>
     <w:rsid w:val="00095849"/>
     <w:rsid w:val="000A0023"/>
     <w:rsid w:val="000A1A78"/>
     <w:rsid w:val="000B54A9"/>
     <w:rsid w:val="000B65D9"/>
     <w:rsid w:val="000C620F"/>
     <w:rsid w:val="000C6B01"/>
     <w:rsid w:val="000F67C6"/>
     <w:rsid w:val="001035A8"/>
     <w:rsid w:val="001214E8"/>
+    <w:rsid w:val="00134CF8"/>
     <w:rsid w:val="00140662"/>
     <w:rsid w:val="001678CA"/>
     <w:rsid w:val="0016793B"/>
     <w:rsid w:val="001704DF"/>
+    <w:rsid w:val="00170EDF"/>
     <w:rsid w:val="00172A92"/>
     <w:rsid w:val="00180CF6"/>
     <w:rsid w:val="00183897"/>
     <w:rsid w:val="001A286D"/>
     <w:rsid w:val="001A3A18"/>
     <w:rsid w:val="001ABA08"/>
     <w:rsid w:val="001C0772"/>
     <w:rsid w:val="001C33CB"/>
     <w:rsid w:val="001D0EA8"/>
     <w:rsid w:val="001D7962"/>
     <w:rsid w:val="001F1461"/>
     <w:rsid w:val="001F7383"/>
     <w:rsid w:val="00201467"/>
     <w:rsid w:val="002015C2"/>
     <w:rsid w:val="002120D3"/>
     <w:rsid w:val="00215B09"/>
     <w:rsid w:val="00232B1A"/>
     <w:rsid w:val="00247F0D"/>
     <w:rsid w:val="0025611D"/>
     <w:rsid w:val="00261301"/>
     <w:rsid w:val="0027417E"/>
     <w:rsid w:val="0028019C"/>
     <w:rsid w:val="00281312"/>
     <w:rsid w:val="002A6CAC"/>
     <w:rsid w:val="002B0B7E"/>
     <w:rsid w:val="002B158F"/>
     <w:rsid w:val="002B6BE8"/>
+    <w:rsid w:val="002D0A17"/>
     <w:rsid w:val="002E2939"/>
     <w:rsid w:val="002E6A5B"/>
     <w:rsid w:val="002F3FA2"/>
     <w:rsid w:val="002F5EC7"/>
     <w:rsid w:val="002F6FEB"/>
     <w:rsid w:val="003164E8"/>
     <w:rsid w:val="0032077D"/>
+    <w:rsid w:val="0033295C"/>
     <w:rsid w:val="0033377B"/>
+    <w:rsid w:val="00367377"/>
     <w:rsid w:val="00372D28"/>
+    <w:rsid w:val="0038445C"/>
     <w:rsid w:val="003953A9"/>
     <w:rsid w:val="003B11E1"/>
     <w:rsid w:val="003B59C8"/>
     <w:rsid w:val="003C5552"/>
     <w:rsid w:val="003C7C0F"/>
     <w:rsid w:val="003D2740"/>
+    <w:rsid w:val="003D45A6"/>
     <w:rsid w:val="003E6F4C"/>
     <w:rsid w:val="003F7135"/>
+    <w:rsid w:val="00400648"/>
+    <w:rsid w:val="004043D1"/>
     <w:rsid w:val="00404B75"/>
     <w:rsid w:val="004170FD"/>
     <w:rsid w:val="00417609"/>
     <w:rsid w:val="00436172"/>
     <w:rsid w:val="00453971"/>
     <w:rsid w:val="00455C01"/>
+    <w:rsid w:val="004578EB"/>
     <w:rsid w:val="004636F6"/>
     <w:rsid w:val="004637A2"/>
+    <w:rsid w:val="00474AA2"/>
     <w:rsid w:val="004752C7"/>
     <w:rsid w:val="00485050"/>
     <w:rsid w:val="004B186F"/>
+    <w:rsid w:val="004B28B6"/>
     <w:rsid w:val="004C0D63"/>
     <w:rsid w:val="004C1FB1"/>
     <w:rsid w:val="004C20DE"/>
     <w:rsid w:val="004C307F"/>
     <w:rsid w:val="004C62C8"/>
+    <w:rsid w:val="004D2996"/>
     <w:rsid w:val="00500C47"/>
     <w:rsid w:val="005010CC"/>
     <w:rsid w:val="005137CE"/>
     <w:rsid w:val="00515973"/>
     <w:rsid w:val="0052055C"/>
     <w:rsid w:val="00523E37"/>
     <w:rsid w:val="00531BA8"/>
     <w:rsid w:val="0054043C"/>
     <w:rsid w:val="00550159"/>
     <w:rsid w:val="005513C3"/>
     <w:rsid w:val="00551AE8"/>
     <w:rsid w:val="00552858"/>
+    <w:rsid w:val="00557E5A"/>
+    <w:rsid w:val="00560857"/>
     <w:rsid w:val="00564EEE"/>
+    <w:rsid w:val="005817D6"/>
     <w:rsid w:val="0058488A"/>
     <w:rsid w:val="005A335A"/>
+    <w:rsid w:val="005B620C"/>
     <w:rsid w:val="005D37B3"/>
     <w:rsid w:val="005E1F56"/>
     <w:rsid w:val="005E400A"/>
     <w:rsid w:val="005F25BD"/>
     <w:rsid w:val="00615DA4"/>
     <w:rsid w:val="00626F7D"/>
+    <w:rsid w:val="006274F4"/>
+    <w:rsid w:val="0064213E"/>
     <w:rsid w:val="00642EB8"/>
+    <w:rsid w:val="00644215"/>
     <w:rsid w:val="0064625B"/>
+    <w:rsid w:val="0065045D"/>
     <w:rsid w:val="0065637D"/>
     <w:rsid w:val="00661359"/>
     <w:rsid w:val="00665639"/>
     <w:rsid w:val="006663A6"/>
     <w:rsid w:val="006962BB"/>
+    <w:rsid w:val="006B2272"/>
     <w:rsid w:val="006B2BC0"/>
     <w:rsid w:val="006C3641"/>
     <w:rsid w:val="006C58A2"/>
     <w:rsid w:val="006D46B7"/>
     <w:rsid w:val="006D7585"/>
     <w:rsid w:val="006E2D7B"/>
     <w:rsid w:val="006F159B"/>
     <w:rsid w:val="006F777A"/>
     <w:rsid w:val="00711835"/>
     <w:rsid w:val="00734320"/>
     <w:rsid w:val="00746A62"/>
     <w:rsid w:val="007506B8"/>
     <w:rsid w:val="00753516"/>
     <w:rsid w:val="0076318D"/>
+    <w:rsid w:val="00764BBF"/>
     <w:rsid w:val="00767075"/>
     <w:rsid w:val="0077085D"/>
     <w:rsid w:val="007732F7"/>
     <w:rsid w:val="007737EB"/>
     <w:rsid w:val="007876AE"/>
     <w:rsid w:val="00792AC5"/>
     <w:rsid w:val="00793B11"/>
     <w:rsid w:val="00794531"/>
     <w:rsid w:val="00797939"/>
     <w:rsid w:val="007A4786"/>
     <w:rsid w:val="007B220F"/>
     <w:rsid w:val="007B7791"/>
     <w:rsid w:val="007C2C88"/>
     <w:rsid w:val="007F0BDC"/>
     <w:rsid w:val="00803052"/>
     <w:rsid w:val="008134AD"/>
+    <w:rsid w:val="00816F3B"/>
     <w:rsid w:val="00817FD2"/>
     <w:rsid w:val="00827F36"/>
     <w:rsid w:val="00834478"/>
     <w:rsid w:val="00842329"/>
-    <w:rsid w:val="00853A54"/>
     <w:rsid w:val="00860FB2"/>
     <w:rsid w:val="008700B6"/>
     <w:rsid w:val="00882B4F"/>
     <w:rsid w:val="00891BB5"/>
     <w:rsid w:val="008E5F18"/>
     <w:rsid w:val="008F4606"/>
     <w:rsid w:val="009143DA"/>
+    <w:rsid w:val="00914670"/>
     <w:rsid w:val="009371F8"/>
     <w:rsid w:val="00962E9D"/>
+    <w:rsid w:val="0098561E"/>
     <w:rsid w:val="00990F38"/>
     <w:rsid w:val="0099433D"/>
     <w:rsid w:val="009A602B"/>
     <w:rsid w:val="009B1F5B"/>
     <w:rsid w:val="009B22C8"/>
     <w:rsid w:val="009C21A3"/>
     <w:rsid w:val="009D4EB1"/>
     <w:rsid w:val="009D5874"/>
     <w:rsid w:val="009D6462"/>
     <w:rsid w:val="009E6AE5"/>
     <w:rsid w:val="009F3FD7"/>
     <w:rsid w:val="009F4B0A"/>
     <w:rsid w:val="009F6FBC"/>
     <w:rsid w:val="009F7BA4"/>
-    <w:rsid w:val="00A0553F"/>
     <w:rsid w:val="00A06791"/>
     <w:rsid w:val="00A070CB"/>
     <w:rsid w:val="00A2016C"/>
     <w:rsid w:val="00A235F2"/>
     <w:rsid w:val="00A32434"/>
     <w:rsid w:val="00A3257C"/>
     <w:rsid w:val="00A3300D"/>
+    <w:rsid w:val="00A34B52"/>
     <w:rsid w:val="00A513E7"/>
     <w:rsid w:val="00A55DE5"/>
+    <w:rsid w:val="00A57122"/>
     <w:rsid w:val="00A6545D"/>
     <w:rsid w:val="00A77A8C"/>
+    <w:rsid w:val="00A87F7A"/>
     <w:rsid w:val="00A94382"/>
     <w:rsid w:val="00AA3699"/>
     <w:rsid w:val="00AA3C65"/>
+    <w:rsid w:val="00AA43BA"/>
     <w:rsid w:val="00AB134D"/>
     <w:rsid w:val="00AC6977"/>
     <w:rsid w:val="00AD6457"/>
     <w:rsid w:val="00AE1089"/>
     <w:rsid w:val="00AE1EB4"/>
     <w:rsid w:val="00AE29B9"/>
     <w:rsid w:val="00AE6D2D"/>
     <w:rsid w:val="00AF7108"/>
     <w:rsid w:val="00AF7A87"/>
     <w:rsid w:val="00B045B0"/>
     <w:rsid w:val="00B10DE0"/>
     <w:rsid w:val="00B1B566"/>
     <w:rsid w:val="00B23170"/>
     <w:rsid w:val="00B2509E"/>
     <w:rsid w:val="00B351E1"/>
     <w:rsid w:val="00B35F6D"/>
     <w:rsid w:val="00B37CCF"/>
+    <w:rsid w:val="00B424D3"/>
     <w:rsid w:val="00B42A72"/>
+    <w:rsid w:val="00B47169"/>
     <w:rsid w:val="00B57391"/>
     <w:rsid w:val="00B5783F"/>
     <w:rsid w:val="00B60B4B"/>
+    <w:rsid w:val="00B64BFE"/>
     <w:rsid w:val="00B75A85"/>
+    <w:rsid w:val="00B92AFB"/>
     <w:rsid w:val="00B933C4"/>
     <w:rsid w:val="00B9641B"/>
     <w:rsid w:val="00BB2D20"/>
-    <w:rsid w:val="00BB7C56"/>
+    <w:rsid w:val="00BC6DFE"/>
+    <w:rsid w:val="00BD646D"/>
     <w:rsid w:val="00BE57D1"/>
     <w:rsid w:val="00BE7152"/>
     <w:rsid w:val="00BF1AD7"/>
     <w:rsid w:val="00BF66F7"/>
     <w:rsid w:val="00C04BA7"/>
     <w:rsid w:val="00C06448"/>
     <w:rsid w:val="00C173C3"/>
     <w:rsid w:val="00C32EF5"/>
     <w:rsid w:val="00C378A7"/>
     <w:rsid w:val="00C4079D"/>
     <w:rsid w:val="00C475D5"/>
     <w:rsid w:val="00CC224B"/>
     <w:rsid w:val="00CF5625"/>
+    <w:rsid w:val="00D01C8E"/>
     <w:rsid w:val="00D05A35"/>
+    <w:rsid w:val="00D165DC"/>
     <w:rsid w:val="00D24BA7"/>
     <w:rsid w:val="00D2755A"/>
     <w:rsid w:val="00D3683B"/>
     <w:rsid w:val="00D408B1"/>
     <w:rsid w:val="00D65369"/>
     <w:rsid w:val="00D72084"/>
     <w:rsid w:val="00D73D6F"/>
     <w:rsid w:val="00D75289"/>
     <w:rsid w:val="00D75AA9"/>
     <w:rsid w:val="00D77817"/>
     <w:rsid w:val="00D83F0D"/>
     <w:rsid w:val="00D92425"/>
+    <w:rsid w:val="00DA06BE"/>
+    <w:rsid w:val="00DA1DC5"/>
     <w:rsid w:val="00DA21E4"/>
     <w:rsid w:val="00DA2C46"/>
     <w:rsid w:val="00DA47E9"/>
     <w:rsid w:val="00DB11EE"/>
     <w:rsid w:val="00DD12E5"/>
     <w:rsid w:val="00DF70EC"/>
     <w:rsid w:val="00E20B32"/>
     <w:rsid w:val="00E36CC9"/>
     <w:rsid w:val="00E403D4"/>
     <w:rsid w:val="00E50AD6"/>
     <w:rsid w:val="00E5449A"/>
     <w:rsid w:val="00E5751E"/>
     <w:rsid w:val="00E722D4"/>
     <w:rsid w:val="00E73A73"/>
     <w:rsid w:val="00E74729"/>
+    <w:rsid w:val="00E8637B"/>
     <w:rsid w:val="00E942CD"/>
     <w:rsid w:val="00EA2A9F"/>
     <w:rsid w:val="00EA2AA2"/>
+    <w:rsid w:val="00EB17C9"/>
     <w:rsid w:val="00EB3A2E"/>
     <w:rsid w:val="00EB5814"/>
     <w:rsid w:val="00EB7C47"/>
     <w:rsid w:val="00EE2C45"/>
     <w:rsid w:val="00EE5526"/>
     <w:rsid w:val="00EF0AB9"/>
     <w:rsid w:val="00EF2408"/>
     <w:rsid w:val="00F01640"/>
     <w:rsid w:val="00F27C5F"/>
     <w:rsid w:val="00F60A38"/>
     <w:rsid w:val="00F612CF"/>
     <w:rsid w:val="00F63316"/>
     <w:rsid w:val="00F701D5"/>
     <w:rsid w:val="00F70221"/>
     <w:rsid w:val="00F745A6"/>
     <w:rsid w:val="00F90E57"/>
     <w:rsid w:val="00F91C3B"/>
     <w:rsid w:val="00F96C6E"/>
     <w:rsid w:val="00F96CBC"/>
+    <w:rsid w:val="00FA31F1"/>
     <w:rsid w:val="00FB1E54"/>
     <w:rsid w:val="00FF0CE1"/>
     <w:rsid w:val="016E2EA3"/>
     <w:rsid w:val="0174AA80"/>
     <w:rsid w:val="0365E2A0"/>
     <w:rsid w:val="04ED315B"/>
     <w:rsid w:val="050FC5B5"/>
     <w:rsid w:val="057DB402"/>
     <w:rsid w:val="058AE011"/>
     <w:rsid w:val="05AAE8A7"/>
     <w:rsid w:val="0613B29D"/>
     <w:rsid w:val="06F32AE9"/>
     <w:rsid w:val="075B88A8"/>
     <w:rsid w:val="0769799D"/>
     <w:rsid w:val="079C9B63"/>
     <w:rsid w:val="07CF68B5"/>
     <w:rsid w:val="09B971EE"/>
     <w:rsid w:val="0ACE330E"/>
     <w:rsid w:val="0BC826C5"/>
     <w:rsid w:val="0C3501B8"/>
     <w:rsid w:val="0C9EE64D"/>
     <w:rsid w:val="0E217EBB"/>
     <w:rsid w:val="0EA10D58"/>
     <w:rsid w:val="0EF98DE2"/>
     <w:rsid w:val="1021C8A4"/>
@@ -11238,87 +9871,93 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <TaxCatchAll xmlns="031ff3a8-7f2c-4c86-877d-17e7ddd4cf3f" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="cd65d0aa-4042-4c25-a38c-457a1a446f4c">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <_x00da_tgefi_x00f0_af_x003b_ xmlns="cd65d0aa-4042-4c25-a38c-457a1a446f4c" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100D599F716C145694D92C2B80FEBA452BF" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9c5aae8737046e4336a1bf8853bd6cf2">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="cd65d0aa-4042-4c25-a38c-457a1a446f4c" xmlns:ns3="031ff3a8-7f2c-4c86-877d-17e7ddd4cf3f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d4e631a932b23bda8f8cd8a12a17c2db" ns1:_="" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100D599F716C145694D92C2B80FEBA452BF" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6849a40df48cee4de13baba9bd0d7a28">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="cd65d0aa-4042-4c25-a38c-457a1a446f4c" xmlns:ns3="031ff3a8-7f2c-4c86-877d-17e7ddd4cf3f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ed7e9ebec9e29ec72e3d74469b912a00" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="cd65d0aa-4042-4c25-a38c-457a1a446f4c"/>
     <xsd:import namespace="031ff3a8-7f2c-4c86-877d-17e7ddd4cf3f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
+                <xsd:element ref="ns2:_x00da_tgefi_x00f0_af_x003b_" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="24" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="25" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="cd65d0aa-4042-4c25-a38c-457a1a446f4c" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
@@ -11361,50 +10000,63 @@
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="19" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="20" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="22" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceBillingMetadata" ma:index="23" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_x00da_tgefi_x00f0_af_x003b_" ma:index="26" nillable="true" ma:displayName="Útgefið af;" ma:format="Dropdown" ma:internalName="_x00da_tgefi_x00f0_af_x003b_">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Lögfræðiráðjgöf"/>
+          <xsd:enumeration value="Regluvarsla"/>
+          <xsd:enumeration value="Gæðastýring"/>
+          <xsd:enumeration value="Þjónustustýring"/>
+          <xsd:enumeration value="Utanaðkomandi lögfræðistofa"/>
+          <xsd:enumeration value="Markaðsviðskipti"/>
+          <xsd:enumeration value="SÍ/FME"/>
+        </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="031ff3a8-7f2c-4c86-877d-17e7ddd4cf3f" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -11505,140 +10157,136 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...8 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{52B337BF-97DB-4206-826F-DA0BF2248686}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{53F206D4-BA82-4324-8C15-CE54293CA706}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="3121c62e-8fe4-4a3c-8863-0fed8fdbfcd9"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="3a80df53-966d-4465-b537-67eff46a37b0"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F301750A-E5A4-47B9-88A9-9C5237A19FFA}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9B8F9FDB-9099-412B-89F5-358B083FC44A}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{53F206D4-BA82-4324-8C15-CE54293CA706}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{52B337BF-97DB-4206-826F-DA0BF2248686}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-[...9 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D188AC2F-8AF7-4BF3-BCF3-3E41A797C2FC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{a355b245-b050-4acd-9089-aafe22475fc8}" enabled="1" method="Standard" siteId="{8a1f1d0a-876f-4ed5-8a0c-89d517bd788a}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>2581</Words>
-  <Characters>15645</Characters>
+  <Words>2590</Words>
+  <Characters>15675</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>151</Paragraphs>
+  <DocSecurity>4</DocSecurity>
+  <Lines>313</Lines>
+  <Paragraphs>127</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Arion Banki hf</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>18075</CharactersWithSpaces>
+  <CharactersWithSpaces>18138</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Rósa Steinþórsdóttir</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="glbTegundVVSkjals">
     <vt:lpwstr>699;#Verðbréf - Vörslusamningur við viðskiptavin (MiFID)- Lögaðili|3594c86c-44b9-4dc8-8f4c-c08b53030a7f</vt:lpwstr>
   </property>
@@ -11756,32 +10404,32 @@
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="40" name="glbLananumer">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="41" name="glbReikningsnumer">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="42" name="glbTilvisun">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="43" name="glbLanveitandi">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="44" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="45" name="docLang">
     <vt:lpwstr>is</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="46" name="TemplateUrl">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="47" name="_ExtendedDescription">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="48" name="__ReplicationSources">
-    <vt:lpwstr>{"CurrentSourceIndex":0,"Sources":[{"Environment":{"Id":"DraftsProdToProd","Priority":99},"Id":"0c86d8b4-77f9-4de1-8441-af0e7ffce3f0","LastChangeTimestamp":"2025-10-15T13:36:48+00:00","ModifiedAt":"2025-10-15T13:36:48+00:00","Version":35}]}</vt:lpwstr>
+    <vt:lpwstr>{"CurrentSourceIndex":0,"Sources":[{"Environment":{"Id":"DraftsProdToProd","Priority":99},"Id":"0c86d8b4-77f9-4de1-8441-af0e7ffce3f0","LastChangeTimestamp":"2026-02-18T15:30:03+00:00","ModifiedAt":"2026-02-18T15:30:03+00:00","Version":42}]}</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="49" name="xd_ProgID">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>