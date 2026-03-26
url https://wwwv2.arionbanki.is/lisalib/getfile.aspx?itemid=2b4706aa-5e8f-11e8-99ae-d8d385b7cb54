--- v0 (2026-02-04)
+++ v1 (2026-03-26)
@@ -1393,51 +1393,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2537" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="657410F9" w14:textId="77777777" w:rsidR="00F96C6E" w:rsidRPr="00817FD2" w:rsidRDefault="00F96C6E">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="38A02EB6" w14:textId="77777777" w:rsidR="00EE5526" w:rsidRPr="00F96C6E" w:rsidRDefault="00EE5526" w:rsidP="00817FD2">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1ED73664" w14:textId="1272CBB8" w:rsidR="004C20DE" w:rsidRPr="00137299" w:rsidRDefault="00817FD2" w:rsidP="00F96C6E">
+    <w:p w14:paraId="1ED73664" w14:textId="445B88C1" w:rsidR="004C20DE" w:rsidRPr="00137299" w:rsidRDefault="00817FD2" w:rsidP="00F96C6E">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:after="60"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00137299">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Samningur þessi er milli Arion banka hf., kt. 581008-0150, Borgartúni 19, 105 Reykjavík („Arion banki“), og viðskiptavinar og varðar réttarsamband aðilanna vegna vörslu Arion banka á fjármálagerningum og öðrum fjármunum viðskiptavinar og viðskipti Arion banka og viðskiptavinar með fjármálagerninga og aðra fjármuni.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DE26742" w14:textId="07195AFA" w:rsidR="001A3A18" w:rsidRPr="00137299" w:rsidRDefault="001A3A18" w:rsidP="003164E8">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:after="60"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
@@ -1519,79 +1519,95 @@
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="is-IS"/>
         </w:rPr>
         <w:t xml:space="preserve">66. tl. 4. gr. </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD32F8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>laga</w:t>
       </w:r>
       <w:r w:rsidRPr="00137299">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> um markaði fyrir fjármálagerninga.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="366FDE5A" w14:textId="297F6D75" w:rsidR="002B6BE8" w:rsidRPr="00137299" w:rsidRDefault="00BF1AD7" w:rsidP="002B6BE8">
+    <w:p w14:paraId="366FDE5A" w14:textId="481DE312" w:rsidR="002B6BE8" w:rsidRPr="00137299" w:rsidRDefault="00BF1AD7" w:rsidP="002B6BE8">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="80"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="_Hlk28596580"/>
       <w:r w:rsidRPr="00137299">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hugtakið fjármálagerningur er skilgreint í </w:t>
       </w:r>
       <w:r w:rsidR="00BD32F8" w:rsidRPr="00BD32F8">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>16. tl. 4. gr. laga</w:t>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="000F5D5F">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD32F8" w:rsidRPr="00BD32F8">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. tl. 4. gr. laga</w:t>
       </w:r>
       <w:r w:rsidRPr="00137299">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> um markaði fyrir fjármálagerninga, en undir hugtakið falla </w:t>
       </w:r>
       <w:r w:rsidR="00C378A7" w:rsidRPr="00137299">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">m.a. </w:t>
       </w:r>
       <w:r w:rsidRPr="00137299">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>verðbréf (s.s. hlutabréf og skuldabréf), peningamarkaðsgerningar (s.s. ríkisvíxlar), hlutdeildarskírteini</w:t>
       </w:r>
@@ -4525,148 +4541,319 @@
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6E74881C" w14:textId="77777777" w:rsidR="00F16672" w:rsidRPr="00EA6B2D" w:rsidRDefault="00F16672" w:rsidP="00F16672">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:iCs w:val="0"/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA6B2D">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:iCs w:val="0"/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t>UMBOÐ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E231D70" w14:textId="4AF0C987" w:rsidR="0D6A8436" w:rsidRDefault="0D6A8436" w:rsidP="00487646">
+    <w:p w14:paraId="5E231D70" w14:textId="700F72EA" w:rsidR="0D6A8436" w:rsidRDefault="0D6A8436" w:rsidP="00487646">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="is-IS"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="44E7E1F9">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Viðskiptavinur </w:t>
       </w:r>
       <w:r w:rsidRPr="44E7E1F9">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="is-IS"/>
         </w:rPr>
         <w:t xml:space="preserve">veitir hér með neðangreindum aðilum, hverjum og einum, fullt og ótakmarkað umboð </w:t>
       </w:r>
       <w:r w:rsidR="32C84A42" w:rsidRPr="007E78A8">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:iCs w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="is-IS"/>
         </w:rPr>
-        <w:t xml:space="preserve">til að koma fram fyrir sína hönd gagnvart Arion banka, þ.m.t. að gera samninga fyrir hönd umboðsgjafa á grundvelli gildandi samnings um verðbréfaþjónustu og almennra markaðsskilmála um verðbréfaviðskipti milli Arion banka og viðskiptavina hans („Almennir markaðsskilmálar“), stofna bankareikninga, vörslusöfn og undirrita öll þau skjöl, staðfestingar, upplýsingar og önnur gögn </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005338F4">
+        <w:t>til að koma fram fyrir sína hönd gagnvart Arion banka</w:t>
+      </w:r>
+      <w:r w:rsidR="009E681E">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:iCs w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="is-IS"/>
         </w:rPr>
-        <w:t xml:space="preserve">vegna </w:t>
+        <w:t xml:space="preserve"> á grundvelli gildandi samnings um verðbréfaþjónustu</w:t>
       </w:r>
       <w:r w:rsidR="32C84A42" w:rsidRPr="007E78A8">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:iCs w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="is-IS"/>
         </w:rPr>
+        <w:t xml:space="preserve">, þ.m.t. að gera samninga fyrir hönd umboðsgjafa á grundvelli </w:t>
+      </w:r>
+      <w:r w:rsidR="009E681E">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="is-IS"/>
+        </w:rPr>
+        <w:t>þess</w:t>
+      </w:r>
+      <w:r w:rsidR="009E681E" w:rsidRPr="007E78A8">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="is-IS"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="32C84A42" w:rsidRPr="007E78A8">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="is-IS"/>
+        </w:rPr>
+        <w:t xml:space="preserve">samnings og almennra markaðsskilmála um verðbréfaviðskipti milli Arion banka og viðskiptavina hans („Almennir markaðsskilmálar“), stofna bankareikninga, vörslusöfn og undirrita öll þau skjöl, staðfestingar, upplýsingar og önnur gögn </w:t>
+      </w:r>
+      <w:r w:rsidR="005338F4">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="is-IS"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vegna </w:t>
+      </w:r>
+      <w:r w:rsidR="32C84A42" w:rsidRPr="007E78A8">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="is-IS"/>
+        </w:rPr>
         <w:t>viðskiptanna.</w:t>
+      </w:r>
+      <w:r w:rsidR="00584680">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="is-IS"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Auk þess nær umboð þetta til þess að uppfæra samning um verðbréfaþjónustu. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0771DA27" w14:textId="463A7891" w:rsidR="0E13C1E2" w:rsidRPr="00487646" w:rsidRDefault="0E13C1E2" w:rsidP="44E7E1F9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="is-IS"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="097768F8" w14:textId="6C0577A6" w:rsidR="0E13C1E2" w:rsidRPr="00487646" w:rsidRDefault="0E13C1E2" w:rsidP="44E7E1F9">
+    <w:p w14:paraId="097768F8" w14:textId="31E9693C" w:rsidR="0E13C1E2" w:rsidRPr="00487646" w:rsidRDefault="0E13C1E2" w:rsidP="44E7E1F9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="is-IS"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="44E7E1F9">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="is-IS"/>
         </w:rPr>
-        <w:t xml:space="preserve">Umboð þetta nær til þess að eiga viðskipti með fjármálagerninga á grundvelli framangreindra samninga og skjala fyrir hönd umboðsgjafa og nær til allra vörslusafna í eigu umboðsgjafa sem til eru og verða stofnuð í framtíðinni. Umboð þetta nær jafnframt til þess að óska eftir og taka við, hvers kyns upplýsingum frá Arion banka og öðrum aðilum um fjármálagerninga og aðra fjármuni umboðsgjafa í vörslu Arion banka. Umboð þetta nær einnig til netbanka Arion banka og útibúa að því leyti er varðar viðskipti með fjármálagerninga á grundvelli </w:t>
+        <w:t xml:space="preserve">Umboð þetta nær til þess að eiga viðskipti með fjármálagerninga á grundvelli framangreindra samninga og skjala fyrir hönd </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF79FA">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="is-IS"/>
+        </w:rPr>
+        <w:t>viðskiptavinar</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF79FA" w:rsidRPr="44E7E1F9">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="is-IS"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="44E7E1F9">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="is-IS"/>
+        </w:rPr>
+        <w:t xml:space="preserve">og nær til allra vörslusafna í eigu </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF79FA">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="is-IS"/>
+        </w:rPr>
+        <w:t>viðskiptavinar</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF79FA" w:rsidRPr="44E7E1F9">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="is-IS"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="44E7E1F9">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="is-IS"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sem til eru og verða stofnuð í framtíðinni. Umboð þetta nær jafnframt til þess að óska eftir og taka við, hvers kyns upplýsingum frá Arion banka og öðrum aðilum um fjármálagerninga </w:t>
+      </w:r>
+      <w:r w:rsidR="00B802B9">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="is-IS"/>
+        </w:rPr>
+        <w:t>viðskiptavinar</w:t>
+      </w:r>
+      <w:r w:rsidR="00B802B9" w:rsidRPr="44E7E1F9">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="is-IS"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="44E7E1F9">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="is-IS"/>
+        </w:rPr>
+        <w:t xml:space="preserve">í vörslu Arion banka. Umboð þetta nær einnig til netbanka Arion banka og útibúa að því leyti er varðar viðskipti með fjármálagerninga á grundvelli </w:t>
       </w:r>
       <w:r w:rsidRPr="00487646">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="is-IS"/>
         </w:rPr>
         <w:t>gildandi samnings um verðbréfaþjónustu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39FDA5F2" w14:textId="36EC0E19" w:rsidR="44E7E1F9" w:rsidRPr="007E78A8" w:rsidRDefault="44E7E1F9" w:rsidP="00487646">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="is-IS"/>
         </w:rPr>
       </w:pPr>
@@ -4773,90 +4960,100 @@
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="44E7E1F9">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F96941D" w14:textId="2B320283" w:rsidR="44E7E1F9" w:rsidRDefault="44E7E1F9" w:rsidP="00487646">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2415D654" w14:textId="48BF5B34" w:rsidR="1C7A286C" w:rsidRPr="007E78A8" w:rsidRDefault="5636FF99" w:rsidP="00487646">
+    <w:p w14:paraId="2415D654" w14:textId="0D7D8B94" w:rsidR="1C7A286C" w:rsidRPr="007E78A8" w:rsidRDefault="5636FF99" w:rsidP="00487646">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="44E7E1F9">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Allt sem hver og einn umboðshafi gerir samkvæmt umboði þessu skal vera jafngilt og einstaklingur</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="76B6CD83" w:rsidRPr="44E7E1F9">
+        <w:t xml:space="preserve">Allt sem hver og einn umboðshafi gerir samkvæmt umboði þessu skal vera jafngilt og </w:t>
+      </w:r>
+      <w:r w:rsidR="00B802B9">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>inn</w:t>
+        <w:t>viðskiptavinur</w:t>
+      </w:r>
+      <w:r w:rsidR="00B802B9" w:rsidRPr="44E7E1F9">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="44E7E1F9">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> hafi gert það sjálfur. </w:t>
+        <w:t xml:space="preserve">hafi gert það sjálfur. </w:t>
       </w:r>
       <w:r w:rsidR="51BD09B1" w:rsidRPr="44E7E1F9">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Verði gerðar breytingar á útgefnum umboðum verður það tilkynnt bankanum í samræmi við almenna markaðsskilmála</w:t>
       </w:r>
       <w:r w:rsidR="64044C96" w:rsidRPr="44E7E1F9">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="4A3AF63E" w:rsidRPr="44E7E1F9">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
@@ -6293,98 +6490,97 @@
         <w:t>reglugerð (ESB) 910/2014 um sama efni.</w:t>
       </w:r>
       <w:r w:rsidRPr="44E7E1F9">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Skjal þetta er vistað og viðskiptavini aðgengilegt í Rafrænum skjölum í Netbanka Arion banka og/eða á netfangi viðskiptavinar.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00F16672" w:rsidRPr="00F16672" w:rsidSect="00817FD2">
       <w:footerReference w:type="default" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="851" w:right="1021" w:bottom="737" w:left="1021" w:header="709" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="249BEB7E" w14:textId="77777777" w:rsidR="00BC7C22" w:rsidRDefault="00BC7C22" w:rsidP="006C3641">
+    <w:p w14:paraId="586229F6" w14:textId="77777777" w:rsidR="002D4D8E" w:rsidRDefault="002D4D8E" w:rsidP="006C3641">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="58528D7F" w14:textId="77777777" w:rsidR="00BC7C22" w:rsidRDefault="00BC7C22" w:rsidP="006C3641">
+    <w:p w14:paraId="54CA4AB7" w14:textId="77777777" w:rsidR="002D4D8E" w:rsidRDefault="002D4D8E" w:rsidP="006C3641">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Malgun Gothic">
-    <w:altName w:val="맑은 고딕"/>
     <w:panose1 w:val="020B0503020000020004"/>
     <w:charset w:val="81"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="9000002F" w:usb1="29D77CFB" w:usb2="00000012" w:usb3="00000000" w:csb0="00080001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
@@ -6394,124 +6590,129 @@
       <w:tblW w:w="5000" w:type="pct"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3434"/>
       <w:gridCol w:w="2914"/>
       <w:gridCol w:w="3516"/>
     </w:tblGrid>
     <w:tr w:rsidR="00137299" w14:paraId="23CDCC41" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:val="794"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1741" w:type="pct"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
-        <w:p w14:paraId="533F05D6" w14:textId="1A8FF216" w:rsidR="00137299" w:rsidRDefault="00137299" w:rsidP="00137299">
+        <w:p w14:paraId="533F05D6" w14:textId="3113585C" w:rsidR="00137299" w:rsidRDefault="00137299" w:rsidP="00137299">
           <w:pPr>
             <w:rPr>
               <w:rStyle w:val="Emphasis"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00C21889">
             <w:rPr>
               <w:rStyle w:val="Emphasis"/>
             </w:rPr>
             <w:t xml:space="preserve">Ebl. </w:t>
           </w:r>
           <w:bookmarkStart w:id="20" w:name="T_NR"/>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Emphasis"/>
             </w:rPr>
             <w:t>18.4.1.4.3</w:t>
           </w:r>
           <w:bookmarkEnd w:id="20"/>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Emphasis"/>
             </w:rPr>
             <w:t xml:space="preserve">  /  </w:t>
           </w:r>
-          <w:r w:rsidR="004D5BE4">
-[...5 lines deleted...]
-          <w:r w:rsidR="00802755">
+          <w:r w:rsidR="00BB6C54">
             <w:rPr>
               <w:rStyle w:val="Emphasis"/>
             </w:rPr>
             <w:t>0</w:t>
+          </w:r>
+          <w:r w:rsidR="00B35F05">
+            <w:rPr>
+              <w:rStyle w:val="Emphasis"/>
+            </w:rPr>
+            <w:t>2</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Emphasis"/>
             </w:rPr>
             <w:t>.2</w:t>
           </w:r>
-          <w:r w:rsidR="00802755">
+          <w:r w:rsidR="00BB6C54">
             <w:rPr>
               <w:rStyle w:val="Emphasis"/>
             </w:rPr>
-            <w:t>5</w:t>
+            <w:t>6</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Emphasis"/>
             </w:rPr>
             <w:t xml:space="preserve">  /  7ár+</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1477" w:type="pct"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="Emphasis"/>
             </w:rPr>
             <w:id w:val="-379940538"/>
             <w:docPartObj>
               <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
               <w:docPartUnique/>
             </w:docPartObj>
           </w:sdtPr>
+          <w:sdtEndPr>
+            <w:rPr>
+              <w:rStyle w:val="Emphasis"/>
+            </w:rPr>
+          </w:sdtEndPr>
           <w:sdtContent>
             <w:p w14:paraId="33CFBA42" w14:textId="77777777" w:rsidR="00137299" w:rsidRDefault="00137299" w:rsidP="00137299">
               <w:pPr>
                 <w:jc w:val="center"/>
                 <w:rPr>
                   <w:rStyle w:val="Emphasis"/>
                 </w:rPr>
               </w:pPr>
               <w:r w:rsidRPr="00AB47BF">
                 <w:rPr>
                   <w:rStyle w:val="Emphasis"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Síða </w:t>
               </w:r>
               <w:r w:rsidRPr="00AB47BF">
                 <w:rPr>
                   <w:rStyle w:val="Emphasis"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="begin"/>
               </w:r>
               <w:r w:rsidRPr="00AB47BF">
                 <w:rPr>
                   <w:rStyle w:val="Emphasis"/>
                 </w:rPr>
                 <w:instrText>PAGE</w:instrText>
@@ -6588,58 +6789,58 @@
               <w:rStyle w:val="Emphasis"/>
             </w:rPr>
           </w:pPr>
           <w:bookmarkStart w:id="21" w:name="STRIKAM"/>
           <w:bookmarkEnd w:id="21"/>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="5BA6A001" w14:textId="77777777" w:rsidR="006C3641" w:rsidRPr="00137299" w:rsidRDefault="006C3641" w:rsidP="003D2740">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rStyle w:val="Strong"/>
         <w:sz w:val="10"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="039991A7" w14:textId="77777777" w:rsidR="00BC7C22" w:rsidRDefault="00BC7C22" w:rsidP="006C3641">
+    <w:p w14:paraId="073BAE11" w14:textId="77777777" w:rsidR="002D4D8E" w:rsidRDefault="002D4D8E" w:rsidP="006C3641">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="76027117" w14:textId="77777777" w:rsidR="00BC7C22" w:rsidRDefault="00BC7C22" w:rsidP="006C3641">
+    <w:p w14:paraId="4124E74F" w14:textId="77777777" w:rsidR="002D4D8E" w:rsidRDefault="002D4D8E" w:rsidP="006C3641">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="37085C03"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FCA8823A"/>
     <w:lvl w:ilvl="0" w:tplc="5D90B710">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
         <w:sz w:val="18"/>
@@ -6800,404 +7001,435 @@
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6540" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="236019459">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="612201867">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="EVSLqj6DI3MOdtQ/D8aCdz6NnolvbdsRKrbMhjh18j89ooA2ms6omHLMsCMZ2lxdTsof++uj3aWlDnGhjhn2Qg==" w:salt="xXlEq+cqnorDCdGWt2JFig=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="K06gnBK31WJWlQtOwNJAfy/ljlbJQ31nh/olQqp2e1xkAAABhS1HBrc81QJDeSwNAE3yuWdKEHJTmUeNcea5JQ==" w:salt="vVr6+wZg0U9FVF94rjD5zA=="/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006C3641"/>
     <w:rsid w:val="00002FE6"/>
     <w:rsid w:val="00003571"/>
     <w:rsid w:val="000062EC"/>
     <w:rsid w:val="00034B67"/>
     <w:rsid w:val="00040E98"/>
     <w:rsid w:val="00051A49"/>
     <w:rsid w:val="00052778"/>
     <w:rsid w:val="00086F19"/>
     <w:rsid w:val="00094447"/>
     <w:rsid w:val="00097286"/>
     <w:rsid w:val="000A1A78"/>
     <w:rsid w:val="000B3BD2"/>
     <w:rsid w:val="000B65D9"/>
     <w:rsid w:val="000B6FE6"/>
+    <w:rsid w:val="000C1699"/>
     <w:rsid w:val="000C3AB4"/>
     <w:rsid w:val="000C620F"/>
     <w:rsid w:val="000E3865"/>
     <w:rsid w:val="000E5869"/>
     <w:rsid w:val="000E6140"/>
     <w:rsid w:val="000F0CD8"/>
+    <w:rsid w:val="000F5D5F"/>
     <w:rsid w:val="000F67C6"/>
     <w:rsid w:val="001035A8"/>
     <w:rsid w:val="0011787A"/>
     <w:rsid w:val="001214E8"/>
     <w:rsid w:val="00137299"/>
     <w:rsid w:val="001438D5"/>
     <w:rsid w:val="0015330A"/>
     <w:rsid w:val="00156AED"/>
     <w:rsid w:val="001601C0"/>
     <w:rsid w:val="00163288"/>
     <w:rsid w:val="00164744"/>
     <w:rsid w:val="0016793B"/>
     <w:rsid w:val="00172A92"/>
     <w:rsid w:val="00192DC7"/>
+    <w:rsid w:val="0019771E"/>
     <w:rsid w:val="001A00A6"/>
     <w:rsid w:val="001A3A18"/>
     <w:rsid w:val="001A7CCD"/>
     <w:rsid w:val="001C233A"/>
     <w:rsid w:val="001C5000"/>
     <w:rsid w:val="001C7BFC"/>
     <w:rsid w:val="001D0EA8"/>
     <w:rsid w:val="001D4D87"/>
     <w:rsid w:val="001D7962"/>
     <w:rsid w:val="001F572D"/>
     <w:rsid w:val="002015C2"/>
     <w:rsid w:val="00202BEA"/>
     <w:rsid w:val="002120D3"/>
     <w:rsid w:val="002341DF"/>
     <w:rsid w:val="00244642"/>
     <w:rsid w:val="00247F0D"/>
     <w:rsid w:val="002502FD"/>
     <w:rsid w:val="0025611D"/>
     <w:rsid w:val="00261301"/>
     <w:rsid w:val="0027417E"/>
     <w:rsid w:val="0028019C"/>
     <w:rsid w:val="00281BF5"/>
     <w:rsid w:val="00292C29"/>
     <w:rsid w:val="00292C5D"/>
     <w:rsid w:val="00295117"/>
     <w:rsid w:val="002955E1"/>
     <w:rsid w:val="00297E16"/>
     <w:rsid w:val="002A6CAC"/>
     <w:rsid w:val="002B158F"/>
     <w:rsid w:val="002B6BE8"/>
     <w:rsid w:val="002D477D"/>
     <w:rsid w:val="002D4917"/>
+    <w:rsid w:val="002D4D8E"/>
     <w:rsid w:val="002E2939"/>
     <w:rsid w:val="002E6A5B"/>
     <w:rsid w:val="002F4C53"/>
     <w:rsid w:val="002F5EC7"/>
     <w:rsid w:val="002F6FEB"/>
     <w:rsid w:val="0030431B"/>
     <w:rsid w:val="003164E8"/>
     <w:rsid w:val="00332F73"/>
     <w:rsid w:val="0037006B"/>
+    <w:rsid w:val="0038445C"/>
     <w:rsid w:val="003953A9"/>
     <w:rsid w:val="003A0B42"/>
+    <w:rsid w:val="003A166E"/>
     <w:rsid w:val="003A1DCB"/>
     <w:rsid w:val="003A39BA"/>
     <w:rsid w:val="003B59C8"/>
     <w:rsid w:val="003B5AFB"/>
     <w:rsid w:val="003B6C3F"/>
     <w:rsid w:val="003C5552"/>
     <w:rsid w:val="003D2740"/>
+    <w:rsid w:val="003F07CC"/>
+    <w:rsid w:val="003F3558"/>
+    <w:rsid w:val="00400648"/>
     <w:rsid w:val="00404B75"/>
+    <w:rsid w:val="004143AF"/>
     <w:rsid w:val="00415B65"/>
     <w:rsid w:val="00417609"/>
     <w:rsid w:val="00453971"/>
     <w:rsid w:val="004601BA"/>
     <w:rsid w:val="004636F6"/>
     <w:rsid w:val="004637A2"/>
     <w:rsid w:val="00463A83"/>
     <w:rsid w:val="004673E7"/>
     <w:rsid w:val="004740F9"/>
     <w:rsid w:val="00487646"/>
+    <w:rsid w:val="004A6368"/>
     <w:rsid w:val="004B186F"/>
+    <w:rsid w:val="004B395B"/>
     <w:rsid w:val="004C14D2"/>
     <w:rsid w:val="004C20DE"/>
+    <w:rsid w:val="004C32B8"/>
     <w:rsid w:val="004C62C8"/>
+    <w:rsid w:val="004D2996"/>
+    <w:rsid w:val="004D4985"/>
     <w:rsid w:val="004D5BE4"/>
+    <w:rsid w:val="004E0BF5"/>
     <w:rsid w:val="004F3FBB"/>
     <w:rsid w:val="00500C47"/>
     <w:rsid w:val="005010CC"/>
     <w:rsid w:val="005137CE"/>
     <w:rsid w:val="0052055C"/>
     <w:rsid w:val="00531BA8"/>
     <w:rsid w:val="005338F4"/>
     <w:rsid w:val="00544AE2"/>
     <w:rsid w:val="00550159"/>
     <w:rsid w:val="005513C3"/>
     <w:rsid w:val="00551AE8"/>
     <w:rsid w:val="00560A35"/>
+    <w:rsid w:val="00560D43"/>
     <w:rsid w:val="00564EEE"/>
     <w:rsid w:val="005742CF"/>
+    <w:rsid w:val="00584680"/>
     <w:rsid w:val="005929C9"/>
     <w:rsid w:val="005A0078"/>
     <w:rsid w:val="005A335A"/>
     <w:rsid w:val="005C6825"/>
     <w:rsid w:val="005C7E2E"/>
     <w:rsid w:val="005E400A"/>
     <w:rsid w:val="005F25BD"/>
     <w:rsid w:val="005F67E5"/>
     <w:rsid w:val="005F7D43"/>
     <w:rsid w:val="00602129"/>
     <w:rsid w:val="00615DA4"/>
     <w:rsid w:val="00617DD8"/>
     <w:rsid w:val="006224EC"/>
     <w:rsid w:val="00626F7D"/>
     <w:rsid w:val="006276FB"/>
     <w:rsid w:val="00630AA6"/>
-    <w:rsid w:val="00630ACD"/>
     <w:rsid w:val="00661359"/>
     <w:rsid w:val="00664E79"/>
     <w:rsid w:val="006663A6"/>
     <w:rsid w:val="006B2BC0"/>
     <w:rsid w:val="006B3907"/>
     <w:rsid w:val="006B784A"/>
     <w:rsid w:val="006C3641"/>
     <w:rsid w:val="006C414D"/>
     <w:rsid w:val="006D592A"/>
     <w:rsid w:val="006E2D7B"/>
     <w:rsid w:val="006E7B55"/>
     <w:rsid w:val="007036EA"/>
     <w:rsid w:val="00721F2F"/>
     <w:rsid w:val="007320F9"/>
     <w:rsid w:val="00737907"/>
     <w:rsid w:val="00746A62"/>
     <w:rsid w:val="007506B8"/>
     <w:rsid w:val="00753516"/>
     <w:rsid w:val="0075397D"/>
     <w:rsid w:val="007615DA"/>
     <w:rsid w:val="007664A0"/>
     <w:rsid w:val="00767075"/>
+    <w:rsid w:val="00767433"/>
     <w:rsid w:val="007732F7"/>
     <w:rsid w:val="0077368D"/>
     <w:rsid w:val="00775AA3"/>
     <w:rsid w:val="00777CDC"/>
     <w:rsid w:val="007876AE"/>
     <w:rsid w:val="00790FBE"/>
     <w:rsid w:val="00794531"/>
     <w:rsid w:val="007B1532"/>
     <w:rsid w:val="007B220F"/>
     <w:rsid w:val="007B6F92"/>
     <w:rsid w:val="007C0184"/>
     <w:rsid w:val="007C2CB8"/>
     <w:rsid w:val="007D3831"/>
     <w:rsid w:val="007E6474"/>
     <w:rsid w:val="007E78A8"/>
+    <w:rsid w:val="0080087E"/>
     <w:rsid w:val="00802755"/>
     <w:rsid w:val="00802783"/>
     <w:rsid w:val="008134AD"/>
     <w:rsid w:val="008170B4"/>
     <w:rsid w:val="00817FD2"/>
     <w:rsid w:val="00834478"/>
     <w:rsid w:val="00860FB2"/>
     <w:rsid w:val="00867B33"/>
     <w:rsid w:val="008700B6"/>
     <w:rsid w:val="00877AA6"/>
     <w:rsid w:val="00882B4F"/>
     <w:rsid w:val="008838E0"/>
     <w:rsid w:val="008C723C"/>
     <w:rsid w:val="008E03FC"/>
     <w:rsid w:val="00903C2C"/>
     <w:rsid w:val="009143DA"/>
     <w:rsid w:val="00922ED3"/>
     <w:rsid w:val="00952A36"/>
+    <w:rsid w:val="00961E78"/>
     <w:rsid w:val="00962E9D"/>
     <w:rsid w:val="00972592"/>
     <w:rsid w:val="009924CE"/>
     <w:rsid w:val="00992FF7"/>
     <w:rsid w:val="009A2C7C"/>
     <w:rsid w:val="009A337F"/>
     <w:rsid w:val="009B1F5B"/>
     <w:rsid w:val="009B22C8"/>
     <w:rsid w:val="009C21A3"/>
     <w:rsid w:val="009D5874"/>
     <w:rsid w:val="009D6462"/>
     <w:rsid w:val="009E5C58"/>
     <w:rsid w:val="009E6154"/>
+    <w:rsid w:val="009E681E"/>
+    <w:rsid w:val="009F1B54"/>
     <w:rsid w:val="009F46AA"/>
     <w:rsid w:val="009F4B0A"/>
     <w:rsid w:val="009F7BA4"/>
+    <w:rsid w:val="00A03390"/>
     <w:rsid w:val="00A05426"/>
-    <w:rsid w:val="00A0553F"/>
     <w:rsid w:val="00A06791"/>
     <w:rsid w:val="00A178A5"/>
     <w:rsid w:val="00A2774E"/>
     <w:rsid w:val="00A3257C"/>
     <w:rsid w:val="00A36EBC"/>
     <w:rsid w:val="00A41C0F"/>
     <w:rsid w:val="00A513E7"/>
     <w:rsid w:val="00A824D7"/>
     <w:rsid w:val="00A94A44"/>
     <w:rsid w:val="00AA3699"/>
     <w:rsid w:val="00AE1089"/>
     <w:rsid w:val="00AE1EB4"/>
     <w:rsid w:val="00AE487E"/>
     <w:rsid w:val="00AE6D2D"/>
     <w:rsid w:val="00AF4A5D"/>
     <w:rsid w:val="00AF7108"/>
     <w:rsid w:val="00B24BF4"/>
     <w:rsid w:val="00B2509E"/>
     <w:rsid w:val="00B27BB7"/>
     <w:rsid w:val="00B351E1"/>
+    <w:rsid w:val="00B35F05"/>
     <w:rsid w:val="00B459B9"/>
     <w:rsid w:val="00B57391"/>
     <w:rsid w:val="00B5783F"/>
     <w:rsid w:val="00B631C3"/>
     <w:rsid w:val="00B75A85"/>
+    <w:rsid w:val="00B802B9"/>
     <w:rsid w:val="00B9074C"/>
+    <w:rsid w:val="00B92AFB"/>
     <w:rsid w:val="00B933C4"/>
     <w:rsid w:val="00B940C5"/>
     <w:rsid w:val="00B9641B"/>
     <w:rsid w:val="00B96BD7"/>
     <w:rsid w:val="00BA0168"/>
     <w:rsid w:val="00BA2FF1"/>
+    <w:rsid w:val="00BB6C54"/>
     <w:rsid w:val="00BC6615"/>
-    <w:rsid w:val="00BC7C22"/>
+    <w:rsid w:val="00BC6DFE"/>
     <w:rsid w:val="00BD32F8"/>
     <w:rsid w:val="00BE1409"/>
     <w:rsid w:val="00BE7152"/>
     <w:rsid w:val="00BF1AD7"/>
+    <w:rsid w:val="00BF79FA"/>
     <w:rsid w:val="00C04BA7"/>
     <w:rsid w:val="00C04DD0"/>
     <w:rsid w:val="00C06448"/>
     <w:rsid w:val="00C32EF5"/>
     <w:rsid w:val="00C378A7"/>
     <w:rsid w:val="00C4079D"/>
     <w:rsid w:val="00C40A05"/>
     <w:rsid w:val="00C475D5"/>
     <w:rsid w:val="00C51C6C"/>
     <w:rsid w:val="00C825DE"/>
     <w:rsid w:val="00CA2CA4"/>
     <w:rsid w:val="00CA5215"/>
     <w:rsid w:val="00CC398F"/>
     <w:rsid w:val="00CC4D1A"/>
     <w:rsid w:val="00CD5FF1"/>
     <w:rsid w:val="00CE697D"/>
     <w:rsid w:val="00D02E06"/>
     <w:rsid w:val="00D11AB8"/>
     <w:rsid w:val="00D24BA7"/>
     <w:rsid w:val="00D2755A"/>
     <w:rsid w:val="00D3195C"/>
     <w:rsid w:val="00D320E8"/>
     <w:rsid w:val="00D3479E"/>
     <w:rsid w:val="00D431C3"/>
     <w:rsid w:val="00D44B82"/>
     <w:rsid w:val="00D60FA9"/>
     <w:rsid w:val="00D63EAC"/>
     <w:rsid w:val="00D65369"/>
     <w:rsid w:val="00D75289"/>
     <w:rsid w:val="00D83F0D"/>
     <w:rsid w:val="00D945F5"/>
     <w:rsid w:val="00D952DB"/>
     <w:rsid w:val="00DA19CF"/>
     <w:rsid w:val="00DA2C46"/>
     <w:rsid w:val="00DA3A7E"/>
     <w:rsid w:val="00DA47E9"/>
     <w:rsid w:val="00DB11EE"/>
     <w:rsid w:val="00DC5F67"/>
     <w:rsid w:val="00DD12E5"/>
     <w:rsid w:val="00DD7163"/>
     <w:rsid w:val="00DE1C21"/>
     <w:rsid w:val="00DE2AE9"/>
+    <w:rsid w:val="00DE6A0C"/>
     <w:rsid w:val="00E02AED"/>
+    <w:rsid w:val="00E02CD0"/>
     <w:rsid w:val="00E20B32"/>
     <w:rsid w:val="00E230D5"/>
     <w:rsid w:val="00E25E9D"/>
     <w:rsid w:val="00E403D4"/>
     <w:rsid w:val="00E50AD6"/>
     <w:rsid w:val="00E52084"/>
     <w:rsid w:val="00E5751E"/>
     <w:rsid w:val="00E6593B"/>
     <w:rsid w:val="00E722D4"/>
     <w:rsid w:val="00E752F8"/>
     <w:rsid w:val="00E805CA"/>
     <w:rsid w:val="00E82AE6"/>
     <w:rsid w:val="00E83269"/>
+    <w:rsid w:val="00E842D8"/>
     <w:rsid w:val="00E84DCE"/>
     <w:rsid w:val="00E9036B"/>
     <w:rsid w:val="00E942CD"/>
     <w:rsid w:val="00E96AC2"/>
     <w:rsid w:val="00EA2A9F"/>
     <w:rsid w:val="00EB3A2E"/>
     <w:rsid w:val="00EB7C47"/>
     <w:rsid w:val="00EE2C45"/>
     <w:rsid w:val="00EE5526"/>
     <w:rsid w:val="00EE6BC1"/>
     <w:rsid w:val="00EF0AB9"/>
     <w:rsid w:val="00EF2408"/>
     <w:rsid w:val="00EF74E1"/>
+    <w:rsid w:val="00EF7917"/>
     <w:rsid w:val="00F01640"/>
     <w:rsid w:val="00F10D64"/>
     <w:rsid w:val="00F13D18"/>
     <w:rsid w:val="00F16672"/>
+    <w:rsid w:val="00F23CBD"/>
     <w:rsid w:val="00F50BCB"/>
     <w:rsid w:val="00F51411"/>
     <w:rsid w:val="00F60A38"/>
     <w:rsid w:val="00F612CF"/>
     <w:rsid w:val="00F64B16"/>
     <w:rsid w:val="00F65D3D"/>
     <w:rsid w:val="00F701D5"/>
     <w:rsid w:val="00F70221"/>
     <w:rsid w:val="00F70816"/>
     <w:rsid w:val="00F80455"/>
     <w:rsid w:val="00F85210"/>
     <w:rsid w:val="00F87DC9"/>
     <w:rsid w:val="00F92DB0"/>
     <w:rsid w:val="00F93DEF"/>
     <w:rsid w:val="00F96C6E"/>
     <w:rsid w:val="00F96CBC"/>
-    <w:rsid w:val="00FA5202"/>
     <w:rsid w:val="00FB1E54"/>
     <w:rsid w:val="00FC10C7"/>
     <w:rsid w:val="00FC2DDE"/>
     <w:rsid w:val="00FF0CE1"/>
     <w:rsid w:val="00FF2DA2"/>
     <w:rsid w:val="015C1226"/>
     <w:rsid w:val="029175F5"/>
     <w:rsid w:val="031FB769"/>
     <w:rsid w:val="042DDE6F"/>
     <w:rsid w:val="048995E5"/>
     <w:rsid w:val="04A6FCB8"/>
     <w:rsid w:val="056BCDCC"/>
     <w:rsid w:val="05F849D8"/>
     <w:rsid w:val="088436D2"/>
     <w:rsid w:val="09E57836"/>
     <w:rsid w:val="0A8EBE2E"/>
     <w:rsid w:val="0ACAB0EA"/>
     <w:rsid w:val="0AEAE4C3"/>
     <w:rsid w:val="0B5914EF"/>
     <w:rsid w:val="0D6A8436"/>
     <w:rsid w:val="0D6F9EB0"/>
     <w:rsid w:val="0E13C1E2"/>
     <w:rsid w:val="0EB22F16"/>
     <w:rsid w:val="0FE5533F"/>
     <w:rsid w:val="10345E7D"/>
@@ -8548,96 +8780,85 @@
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <TaxCatchAll xmlns="031ff3a8-7f2c-4c86-877d-17e7ddd4cf3f" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="cd65d0aa-4042-4c25-a38c-457a1a446f4c">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
+    <_x00da_tgefi_x00f0_af_x003b_ xmlns="cd65d0aa-4042-4c25-a38c-457a1a446f4c" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...13 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="cd65d0aa-4042-4c25-a38c-457a1a446f4c" xmlns:ns3="031ff3a8-7f2c-4c86-877d-17e7ddd4cf3f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d4e631a932b23bda8f8cd8a12a17c2db" ns1:_="" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100D599F716C145694D92C2B80FEBA452BF" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6849a40df48cee4de13baba9bd0d7a28">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="cd65d0aa-4042-4c25-a38c-457a1a446f4c" xmlns:ns3="031ff3a8-7f2c-4c86-877d-17e7ddd4cf3f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ed7e9ebec9e29ec72e3d74469b912a00" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="cd65d0aa-4042-4c25-a38c-457a1a446f4c"/>
     <xsd:import namespace="031ff3a8-7f2c-4c86-877d-17e7ddd4cf3f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
+                <xsd:element ref="ns2:_x00da_tgefi_x00f0_af_x003b_" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="24" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="25" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="cd65d0aa-4042-4c25-a38c-457a1a446f4c" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
@@ -8680,50 +8901,63 @@
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="19" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="20" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="22" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceBillingMetadata" ma:index="23" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_x00da_tgefi_x00f0_af_x003b_" ma:index="26" nillable="true" ma:displayName="Útgefið af;" ma:format="Dropdown" ma:internalName="_x00da_tgefi_x00f0_af_x003b_">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Lögfræðiráðjgöf"/>
+          <xsd:enumeration value="Regluvarsla"/>
+          <xsd:enumeration value="Gæðastýring"/>
+          <xsd:enumeration value="Þjónustustýring"/>
+          <xsd:enumeration value="Utanaðkomandi lögfræðistofa"/>
+          <xsd:enumeration value="Markaðsviðskipti"/>
+          <xsd:enumeration value="SÍ/FME"/>
+        </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="031ff3a8-7f2c-4c86-877d-17e7ddd4cf3f" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -8823,203 +9057,223 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{53F206D4-BA82-4324-8C15-CE54293CA706}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="3121c62e-8fe4-4a3c-8863-0fed8fdbfcd9"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="3a80df53-966d-4465-b537-67eff46a37b0"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{52B337BF-97DB-4206-826F-DA0BF2248686}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0AB35FA1-71CB-4260-B735-D9FADE476A58}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AF886054-0BA3-4975-AAAB-580EEE92E025}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{56893E26-C0CD-4688-BB99-3AA1B067F1FB}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{52B337BF-97DB-4206-826F-DA0BF2248686}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{a355b245-b050-4acd-9089-aafe22475fc8}" enabled="1" method="Standard" siteId="{8a1f1d0a-876f-4ed5-8a0c-89d517bd788a}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>2279</Words>
-  <Characters>13954</Characters>
+  <Words>2309</Words>
+  <Characters>14017</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>268</Lines>
-  <Paragraphs>113</Paragraphs>
+  <Lines>424</Lines>
+  <Paragraphs>168</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Arion Banki hf</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16120</CharactersWithSpaces>
+  <CharactersWithSpaces>16158</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Rósa Steinþórsdóttir</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="glbTegundVVSkjals">
     <vt:lpwstr>584;#Verðbréf - Vörslusamningur við viðskiptavin (MiFID) - Einstaklingur|54a6da17-5dc4-4f40-955d-f886ccb059ec</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="glbStadaVV">
     <vt:lpwstr>5;#Skjal/umsókn í vinnslu|f0160a8e-60d0-41ad-995a-b5aa424730e4</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="glbEining">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>54619644-cf0f-46fc-9985-27decf326d06</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="glbSkjalalykill">
     <vt:lpwstr>226;#Stýring (23.2.4)|a68de5b4-e981-4e73-8ec8-337bda5eefdf</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="glbGeymsluaaetlun">
     <vt:lpwstr>11;#Lokadags +7 ár|6780ba3d-ef1f-4052-94ba-8da1c46d2c94</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="_NewReviewCycle">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="WorkflowChangePath">
     <vt:lpwstr>fe129b94-708f-41ce-9e11-080c4ab001b1,34;fe129b94-708f-41ce-9e11-080c4ab001b1,39;fe129b94-708f-41ce-9e11-080c4ab001b1,44;fe129b94-708f-41ce-9e11-080c4ab001b1,49;fe129b94-708f-41ce-9e11-080c4ab001b1,5;fe129b94-708f-41ce-9e11-080c4ab001b1,10;fe129b94-708f-41fe129b94-708f-41ce-9e11-080c4ab001b1,59;fe129b94-708f-41ce-9e11-080c4ab001b1,66;fe129b94-708f-41ce-9e11-080c4ab001b1,71;</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="TaxKeyword">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="_AdHocReviewCycleID">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="Tengist Kerfi">
+    <vt:lpwstr>Ytrivefur</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="glbLand">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="ValdaVistun">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="glbLananumer">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="glbReikningsnumer">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="glbTilvisun">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="glbLanveitandi">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="ContentTypeId">
+    <vt:lpwstr>0x010100D599F716C145694D92C2B80FEBA452BF</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="xd_ProgID">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="TemplateUrl">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="_ExtendedDescription">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="__ReplicationSources">
+    <vt:lpwstr>{"CurrentSourceIndex":0,"Sources":[{"Environment":{"Id":"DraftsProdToProd","Priority":99},"Id":"9f7a93be-c87e-437c-8ca9-358f92e33612","LastChangeTimestamp":"2026-02-18T15:26:18+00:00","ModifiedAt":"2026-02-18T15:26:18+00:00","Version":43}]}</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="docLang">
+    <vt:lpwstr>is</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="_EmailSubject">
+    <vt:lpwstr>Íslandsbanki - samningur um viðskipti með fjármálagerninga</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="26" name="_ReviewingToolsShownOnce">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="27" name="_AuthorEmailDisplayName">
+    <vt:lpwstr>Friðrik Ársælsson</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="28" name="_AdHocReviewCycleID">
     <vt:i4>336527028</vt:i4>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="_EmailSubject">
-[...11 lines deleted...]
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="_PreviousAdHocReviewCycleID">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="29" name="_PreviousAdHocReviewCycleID">
     <vt:i4>2010048373</vt:i4>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Tengist Kerfi">
-[...39 lines deleted...]
-    <vt:lpwstr>is</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="30" name="_AuthorEmail">
+    <vt:lpwstr>fridrik.arsaelsson@arionbanki.is</vt:lpwstr>
   </property>
 </Properties>
 </file>