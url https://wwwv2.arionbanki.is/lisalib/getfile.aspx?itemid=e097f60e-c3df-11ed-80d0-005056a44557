--- v0 (2026-02-05)
+++ v1 (2026-03-26)
@@ -1,74 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid2"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7731"/>
-        <w:gridCol w:w="2349"/>
+        <w:gridCol w:w="7566"/>
+        <w:gridCol w:w="2298"/>
       </w:tblGrid>
       <w:tr w:rsidR="001B4C2B" w:rsidRPr="001B4C2B" w14:paraId="069D631B" w14:textId="77777777" w:rsidTr="00381A22">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3835" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="715CE041" w14:textId="74679646" w:rsidR="001B4C2B" w:rsidRPr="001B4C2B" w:rsidRDefault="00866DB8" w:rsidP="001B4C2B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Malgun Gothic" w:hAnsi="Arial" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="19488C"/>
                 <w:spacing w:val="20"/>
                 <w:kern w:val="28"/>
                 <w:szCs w:val="52"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Malgun Gothic" w:hAnsi="Arial" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="19488C"/>
                 <w:spacing w:val="20"/>
                 <w:kern w:val="28"/>
                 <w:szCs w:val="52"/>
@@ -80,51 +81,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="1314235D" w14:textId="77777777" w:rsidR="001B4C2B" w:rsidRPr="001B4C2B" w:rsidRDefault="001B4C2B" w:rsidP="001B4C2B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="646"/>
               </w:tabs>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B4C2B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="161F39F1" wp14:editId="46FE9011">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="161F39F1" wp14:editId="46FE9011">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>247856</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="page">
                     <wp:posOffset>-2540</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="1144800" cy="248400"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
                   <wp:docPr id="3" name="Picture 3"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Arion_merki_2013.png"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill rotWithShape="1">
                           <a:blip r:embed="rId10" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -401,87 +402,85 @@
         <w:t xml:space="preserve"> um aðgerðir gegn peningaþvætti og fjármögnun hryðjuverka. Upplýsingarnar verða ekki undir neinum kringumstæðum notaðar í markaðslegum tilgangi.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="124517CA" w14:textId="77777777" w:rsidR="00D64619" w:rsidRPr="00D64619" w:rsidRDefault="00D64619" w:rsidP="00D64619">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid1"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4925"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="3127"/>
+        <w:gridCol w:w="4820"/>
+        <w:gridCol w:w="282"/>
+        <w:gridCol w:w="1420"/>
+        <w:gridCol w:w="282"/>
+        <w:gridCol w:w="3060"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E8471B" w:rsidRPr="00BD5C65" w14:paraId="5551867E" w14:textId="77777777" w:rsidTr="00290D7E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2443" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:bookmarkStart w:id="1" w:name="_Hlk155619955"/>
-          <w:p w14:paraId="2AF4AF29" w14:textId="77777777" w:rsidR="00E8471B" w:rsidRPr="00BD5C65" w:rsidRDefault="00E8471B" w:rsidP="00290D7E">
+          <w:p w14:paraId="2AF4AF29" w14:textId="2F8CA554" w:rsidR="00E8471B" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="NAFN1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="2" w:name="NAFN1"/>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -542,75 +541,71 @@
             </w:r>
             <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="143" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="07F07CAF" w14:textId="77777777" w:rsidR="00E8471B" w:rsidRPr="00BD5C65" w:rsidRDefault="00E8471B" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2FEBEF50" w14:textId="77777777" w:rsidR="00E8471B" w:rsidRPr="00BD5C65" w:rsidRDefault="00E8471B" w:rsidP="00290D7E">
+          <w:p w14:paraId="2FEBEF50" w14:textId="3D28ECF1" w:rsidR="00E8471B" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="KT1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...3 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="3" w:name="KT1"/>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -781,73 +776,71 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1551" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="74EDABE1" w14:textId="77777777" w:rsidR="00E8471B" w:rsidRPr="005D14C2" w:rsidRDefault="00E8471B" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E8471B" w:rsidRPr="00BD5C65" w14:paraId="0A348C0E" w14:textId="77777777" w:rsidTr="00290D7E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2443" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4478955F" w14:textId="77777777" w:rsidR="00E8471B" w:rsidRPr="00BD5C65" w:rsidRDefault="00E8471B" w:rsidP="00290D7E">
+          <w:p w14:paraId="4478955F" w14:textId="66092890" w:rsidR="00E8471B" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="HEIMILI"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="4" w:name="HEIMILI"/>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -909,72 +902,72 @@
             <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="143" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="61072DFC" w14:textId="77777777" w:rsidR="00E8471B" w:rsidRPr="00BD5C65" w:rsidRDefault="00E8471B" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6B7BF988" w14:textId="77777777" w:rsidR="00E8471B" w:rsidRPr="00BD5C65" w:rsidRDefault="00E8471B" w:rsidP="00290D7E">
+          <w:p w14:paraId="6B7BF988" w14:textId="778F0EE2" w:rsidR="00E8471B" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="POSTNR"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
-                    <w:maxLength w:val="4"/>
+                    <w:type w:val="number"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="5" w:name="POSTNR"/>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
@@ -998,103 +991,110 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
+                <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="143" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="0E20C035" w14:textId="77777777" w:rsidR="00E8471B" w:rsidRPr="00BD5C65" w:rsidRDefault="00E8471B" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1551" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="197A7704" w14:textId="77777777" w:rsidR="00E8471B" w:rsidRPr="00BD5C65" w:rsidRDefault="00E8471B" w:rsidP="00290D7E">
+          <w:p w14:paraId="197A7704" w14:textId="4FEFE137" w:rsidR="00E8471B" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="STADUR"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="6" w:name="STADUR"/>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -1132,72 +1132,70 @@
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="6"/>
-            <w:r w:rsidRPr="00BD5C65">
+            <w:r w:rsidR="00E8471B" w:rsidRPr="00BD5C65">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="LAND"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="7" w:name="LAND"/>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -1354,71 +1352,69 @@
                 <w:bCs/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>Staður</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> /Land</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E8471B" w:rsidRPr="00BD5C65" w14:paraId="3D5A9A9B" w14:textId="77777777" w:rsidTr="00290D7E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3306" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="781CC07A" w14:textId="77777777" w:rsidR="00E8471B" w:rsidRPr="00BD5C65" w:rsidRDefault="00E8471B" w:rsidP="00290D7E">
+          <w:p w14:paraId="781CC07A" w14:textId="5B99DDD6" w:rsidR="00E8471B" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="NETFANG"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="8" w:name="NETFANG"/>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
@@ -1470,71 +1466,69 @@
             </w:r>
             <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="143" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="02111065" w14:textId="77777777" w:rsidR="00E8471B" w:rsidRPr="00BD5C65" w:rsidRDefault="00E8471B" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1551" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="63AEA0C5" w14:textId="77777777" w:rsidR="00E8471B" w:rsidRPr="00BD5C65" w:rsidRDefault="00E8471B" w:rsidP="00290D7E">
+          <w:p w14:paraId="63AEA0C5" w14:textId="041E1284" w:rsidR="00E8471B" w:rsidRPr="00BD5C65" w:rsidRDefault="002F37F0" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="SIMI"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="9" w:name="SIMI"/>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
@@ -1563,136 +1557,134 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="9"/>
-            <w:r w:rsidRPr="00BD5C65">
-[...7 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="00E8471B" w:rsidRPr="00BD5C65">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="00E97853">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="GSM"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="10" w:name="GSM"/>
-            <w:r>
+            <w:r w:rsidR="00E97853">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="00E97853">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E97853">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...39 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="00E97853">
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E97853">
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E97853">
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E97853">
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E97853">
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E97853">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="10"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E8471B" w:rsidRPr="005D14C2" w14:paraId="5C0EBBCC" w14:textId="77777777" w:rsidTr="00290D7E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3306" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="57EA1282" w14:textId="77777777" w:rsidR="00E8471B" w:rsidRPr="005D14C2" w:rsidRDefault="00E8471B" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
@@ -1758,150 +1750,148 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="124517F4" w14:textId="77777777" w:rsidR="00D64619" w:rsidRDefault="00D64619" w:rsidP="00D64619">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="709"/>
-        <w:gridCol w:w="3544"/>
-        <w:gridCol w:w="5601"/>
+        <w:gridCol w:w="4502"/>
+        <w:gridCol w:w="4643"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D64619" w14:paraId="12451808" w14:textId="77777777" w:rsidTr="00D64619">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9854" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="12451807" w14:textId="662D5C1E" w:rsidR="00D64619" w:rsidRDefault="00924D51" w:rsidP="00D64619">
+          <w:p w14:paraId="12451807" w14:textId="755181D6" w:rsidR="00D64619" w:rsidRDefault="00924D51" w:rsidP="00D64619">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A340D6">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:b/>
               </w:rPr>
               <w:t>Hver er megin tilgangur starfseminnar?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00E8471B">
+            <w:r w:rsidR="00E97853">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text110"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="11" w:name="Text110"/>
-            <w:r w:rsidR="00E8471B">
+            <w:r w:rsidR="00E97853">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E8471B">
+            <w:r w:rsidR="00E97853">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00E8471B">
+            <w:r w:rsidR="00E97853">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E8471B">
+            <w:r w:rsidR="00E97853">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00E8471B">
+            <w:r w:rsidR="00E97853">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00E8471B">
+            <w:r w:rsidR="00E97853">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00E8471B">
+            <w:r w:rsidR="00E97853">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00E8471B">
+            <w:r w:rsidR="00E97853">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00E8471B">
+            <w:r w:rsidR="00E97853">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="11"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D64619" w:rsidRPr="001D726B" w14:paraId="1245180C" w14:textId="77777777" w:rsidTr="00D64619">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9854" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="1245180B" w14:textId="77777777" w:rsidR="00D64619" w:rsidRPr="00A340D6" w:rsidRDefault="00D64619" w:rsidP="00D64619">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -1910,323 +1900,314 @@
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9854" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="1245180D" w14:textId="5A533FC1" w:rsidR="00D64619" w:rsidRPr="00A340D6" w:rsidRDefault="00924D51" w:rsidP="00D64619">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A340D6">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:b/>
               </w:rPr>
               <w:t>Er félagið framtalsskylt til skatts í öðru landi en á Íslandi?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00924D51" w:rsidRPr="003C3453" w14:paraId="12451810" w14:textId="77777777" w:rsidTr="00924D51">
+      <w:tr w:rsidR="00924D51" w:rsidRPr="003C3453" w14:paraId="12451810" w14:textId="77777777" w:rsidTr="00E97853">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41BC2BA5" w14:textId="77777777" w:rsidR="00924D51" w:rsidRPr="003C3453" w:rsidRDefault="00924D51" w:rsidP="00924D51">
+          <w:p w14:paraId="41BC2BA5" w14:textId="07BC0769" w:rsidR="00924D51" w:rsidRPr="003C3453" w:rsidRDefault="002F37F0" w:rsidP="00924D51">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003C3453">
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="003C3453">
+            <w:bookmarkStart w:id="12" w:name="Check1"/>
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00EB00A2">
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00EB00A2">
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="separate"/>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="003C3453">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="12"/>
+            <w:r w:rsidR="00924D51" w:rsidRPr="003C3453">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="end"/>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="003C3453">
+              <w:t xml:space="preserve">  Já</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AE32C1C" w14:textId="1D947119" w:rsidR="00924D51" w:rsidRPr="003C3453" w:rsidRDefault="00924D51" w:rsidP="00924D51">
+            <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">  Já</w:t>
-[...8 lines deleted...]
-            <w:pPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">Land: </w:t>
             </w:r>
-            <w:r w:rsidR="00E8471B">
+            <w:r w:rsidR="00E97853">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text111"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="Text111"/>
-            <w:r w:rsidR="00E8471B">
+            <w:bookmarkStart w:id="13" w:name="Text111"/>
+            <w:r w:rsidR="00E97853">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E8471B">
+            <w:r w:rsidR="00E97853">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00E8471B">
+            <w:r w:rsidR="00E97853">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E8471B">
+            <w:r w:rsidR="00E97853">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00E8471B">
+            <w:r w:rsidR="00E97853">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00E8471B">
+            <w:r w:rsidR="00E97853">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00E8471B">
+            <w:r w:rsidR="00E97853">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00E8471B">
+            <w:r w:rsidR="00E97853">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00E8471B">
+            <w:r w:rsidR="00E97853">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="12"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="1245180F" w14:textId="5406911C" w:rsidR="00924D51" w:rsidRPr="003C3453" w:rsidRDefault="00924D51" w:rsidP="00924D51">
+            <w:bookmarkEnd w:id="13"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4643" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1245180F" w14:textId="726AD2C5" w:rsidR="00924D51" w:rsidRPr="003C3453" w:rsidRDefault="00924D51" w:rsidP="00924D51">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Skattakennitala (TIN): </w:t>
             </w:r>
-            <w:r w:rsidR="00E8471B">
+            <w:r w:rsidR="00E97853">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text112"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="13" w:name="Text112"/>
-            <w:r w:rsidR="00E8471B">
+            <w:bookmarkStart w:id="14" w:name="Text112"/>
+            <w:r w:rsidR="00E97853">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="00E8471B">
+            <w:r w:rsidR="00E97853">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00E8471B">
+            <w:r w:rsidR="00E97853">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00E8471B">
+            <w:r w:rsidR="00E97853">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00E8471B">
+            <w:r w:rsidR="00E97853">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00E8471B">
+            <w:r w:rsidR="00E97853">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00E8471B">
+            <w:r w:rsidR="00E97853">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00E8471B">
+            <w:r w:rsidR="00E97853">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00E8471B">
+            <w:r w:rsidR="00E97853">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="13"/>
+            <w:bookmarkEnd w:id="14"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D64619" w:rsidRPr="001D726B" w14:paraId="12451812" w14:textId="77777777" w:rsidTr="00D64619">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9854" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="12451811" w14:textId="77777777" w:rsidR="00D64619" w:rsidRPr="00BD5C65" w:rsidRDefault="00D64619" w:rsidP="00D64619">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D64619" w:rsidRPr="003C3453" w14:paraId="12451816" w14:textId="77777777" w:rsidTr="00D64619">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9854" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
@@ -2240,57 +2221,57 @@
             </w:pPr>
             <w:r w:rsidRPr="003C3453">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="003C3453">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00EB00A2">
+            <w:r w:rsidRPr="003C3453">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00EB00A2">
+            <w:r w:rsidRPr="003C3453">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="003C3453">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="003C3453">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  Nei</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2A2AA88E" w14:textId="77777777" w:rsidR="005F0217" w:rsidRDefault="005F0217" w:rsidP="006B493A">
@@ -2339,87 +2320,200 @@
     </w:p>
     <w:p w14:paraId="2197986B" w14:textId="77777777" w:rsidR="006B493A" w:rsidRPr="0093335E" w:rsidRDefault="006B493A" w:rsidP="006B493A">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="6"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid1"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3763"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1822"/>
+        <w:gridCol w:w="3679"/>
+        <w:gridCol w:w="426"/>
+        <w:gridCol w:w="1703"/>
+        <w:gridCol w:w="284"/>
+        <w:gridCol w:w="1700"/>
+        <w:gridCol w:w="284"/>
+        <w:gridCol w:w="1782"/>
       </w:tblGrid>
       <w:tr w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w14:paraId="621D0A9E" w14:textId="77777777" w:rsidTr="00290D7E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1866" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="51B086F9" w14:textId="110CE31C" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+          <w:p w14:paraId="51B086F9" w14:textId="74A80228" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text120"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="15" w:name="Text120"/>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="15"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="216" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C36DDEA" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="864" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5FEC4395" w14:textId="678C6045" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -2450,244 +2544,90 @@
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="216" w:type="pct"/>
+            <w:tcW w:w="144" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7C36DDEA" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
-[...10 lines deleted...]
-            <w:tcW w:w="864" w:type="pct"/>
+          <w:p w14:paraId="05E9826D" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="862" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5FEC4395" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
-[...151 lines deleted...]
-          <w:p w14:paraId="2BE3ED8D" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+          <w:p w14:paraId="6A3D3429" w14:textId="628C4056" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -2716,214 +2656,94 @@
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...66 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
-          </w:tcPr>
-[...32 lines deleted...]
-                <w:sz w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4906FB4F" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="904" w:type="pct"/>
             <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="05CCA669" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
-[...29 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="2BE3ED8D" w14:textId="54727E6D" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -2952,87 +2772,220 @@
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD165A" w:rsidRPr="005D14C2" w14:paraId="1718C81D" w14:textId="77777777" w:rsidTr="00290D7E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1866" w:type="pct"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0F2D4BC8" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D14C2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>N</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>afn</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="216" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="57C0FF36" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="864" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="220BA65E" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>Kennitala</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="1F62BA69" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
-[...3 lines deleted...]
-                <w:sz w:val="18"/>
+          <w:p w14:paraId="33FA1F45" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="862" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="29960418" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+          <w:p w14:paraId="1D8E599C" w14:textId="20892D12" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="007F23A1" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>Skattakennitala (TIN)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="144" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="79106A58" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="904" w:type="pct"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="05CCA669" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>Ríkisfang</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w14:paraId="0E42D28D" w14:textId="77777777" w:rsidTr="00290D7E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2946" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2CC1BC54" w14:textId="002C95F4" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -3047,288 +3000,210 @@
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="7B27DE2A" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
-[...25 lines deleted...]
-                <w:rStyle w:val="SubtleEmphasis"/>
+          <w:p w14:paraId="1F62BA69" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="862" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="29960418" w14:textId="73543949" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="SubtleEmphasis"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="SubtleEmphasis"/>
-[...4 lines deleted...]
-                <w:rStyle w:val="SubtleEmphasis"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="SubtleEmphasis"/>
-[...34 lines deleted...]
-                <w:rStyle w:val="SubtleEmphasis"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...25 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="3139ACE6" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
-[...37 lines deleted...]
-                <w:sz w:val="14"/>
+          <w:p w14:paraId="7B27DE2A" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="904" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2CCD1690" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
-[...29 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="4382DC1B" w14:textId="2FBD7BE9" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -3357,87 +3232,284 @@
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD165A" w:rsidRPr="005D14C2" w14:paraId="52E7634F" w14:textId="77777777" w:rsidTr="00290D7E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2946" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="34941D6D" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>Heimili</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="68057365" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
-[...3 lines deleted...]
-                <w:sz w:val="18"/>
+          <w:p w14:paraId="3139ACE6" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="862" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="3428D870" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+          <w:p w14:paraId="0CAAC647" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>Póstnúmer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="144" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E8559A7" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="904" w:type="pct"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2CCD1690" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>Staður</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w14:paraId="54FEB5D4" w14:textId="77777777" w:rsidTr="00290D7E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2946" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="11D9B51A" w14:textId="4811780B" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="144" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="68057365" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="862" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3428D870" w14:textId="5B5D0ECD" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -3634,132 +3706,132 @@
             </w:pPr>
             <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Er viðkomandi með stjórnmálatengsl:   </w:t>
             </w:r>
             <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check29"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="Check29"/>
+            <w:bookmarkStart w:id="16" w:name="Check29"/>
             <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00EB00A2">
-[...5 lines deleted...]
-            <w:r w:rsidR="00EB00A2">
+            <w:r w:rsidRPr="00482EA0">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="15"/>
+            <w:bookmarkEnd w:id="16"/>
             <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Já   </w:t>
             </w:r>
             <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check30"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="16" w:name="Check30"/>
+            <w:bookmarkStart w:id="17" w:name="Check30"/>
             <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00EB00A2">
-[...5 lines deleted...]
-            <w:r w:rsidR="00EB00A2">
+            <w:r w:rsidRPr="00482EA0">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="16"/>
+            <w:bookmarkEnd w:id="17"/>
             <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Nei</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="60FF5DBA" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="008A4EBA" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
@@ -3825,87 +3897,85 @@
     </w:tbl>
     <w:p w14:paraId="285F9EE2" w14:textId="77777777" w:rsidR="006B493A" w:rsidRDefault="006B493A" w:rsidP="006B493A">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid1"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3763"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1822"/>
+        <w:gridCol w:w="3679"/>
+        <w:gridCol w:w="426"/>
+        <w:gridCol w:w="1703"/>
+        <w:gridCol w:w="284"/>
+        <w:gridCol w:w="1700"/>
+        <w:gridCol w:w="284"/>
+        <w:gridCol w:w="1782"/>
       </w:tblGrid>
       <w:tr w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w14:paraId="76542326" w14:textId="77777777" w:rsidTr="00290D7E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1866" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6B35E21C" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+          <w:p w14:paraId="6B35E21C" w14:textId="3323F5B3" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -3957,221 +4027,68 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="216" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0D303CB8" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="864" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0E960BBB" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
-[...152 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="0E960BBB" w14:textId="43DEA1F8" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -4200,214 +4117,92 @@
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...66 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
-          </w:tcPr>
-[...4 lines deleted...]
-                <w:sz w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2D4CB0D8" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="862" w:type="pct"/>
-          </w:tcPr>
-[...61 lines deleted...]
-              <w:rPr>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="722912E0" w14:textId="2FC0A829" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -4439,84 +4234,91 @@
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
-          </w:tcPr>
-[...15 lines deleted...]
-              <w:rPr>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2CC6155C" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="904" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="462E392C" w14:textId="38805322" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -4531,288 +4333,341 @@
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD165A" w:rsidRPr="005D14C2" w14:paraId="3760FB2F" w14:textId="77777777" w:rsidTr="00290D7E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1866" w:type="pct"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="14D564AA" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D14C2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>N</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>afn</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="216" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="59838AF9" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="864" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="26775BA9" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>Kennitala</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="6EF2733E" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
-[...3 lines deleted...]
-                <w:sz w:val="18"/>
+          <w:p w14:paraId="4C0416C5" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="862" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="53EA5C21" w14:textId="69001382" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="007F23A1" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>Skattakennitala (TIN)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="144" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="60DD52A6" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="904" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="663C0044" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
-[...9 lines deleted...]
-                <w:rStyle w:val="SubtleEmphasis"/>
+          <w:p w14:paraId="25B8A364" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>Ríkisfang</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w14:paraId="26E31C87" w14:textId="77777777" w:rsidTr="00290D7E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2946" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1E911B55" w14:textId="7441E5B0" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="SubtleEmphasis"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="SubtleEmphasis"/>
-[...4 lines deleted...]
-                <w:rStyle w:val="SubtleEmphasis"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="SubtleEmphasis"/>
-[...34 lines deleted...]
-                <w:rStyle w:val="SubtleEmphasis"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...25 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="7398B8C4" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
-[...3 lines deleted...]
-                <w:sz w:val="14"/>
+          <w:p w14:paraId="3FD25CE0" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="862" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="44F5390E" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
-[...64 lines deleted...]
-          <w:p w14:paraId="0BF034EE" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+          <w:p w14:paraId="0441E4C8" w14:textId="347CC285" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -4845,83 +4700,391 @@
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="192B3799" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
-[...14 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="6EF2733E" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="904" w:type="pct"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="663C0044" w14:textId="75E84952" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD165A" w:rsidRPr="005D14C2" w14:paraId="03CDDEFD" w14:textId="77777777" w:rsidTr="00290D7E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2946" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="71CA2921" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>Heimili</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="144" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7398B8C4" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="862" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="44F5390E" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>Póstnúmer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="144" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E9A9FB0" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="904" w:type="pct"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5CECCEFE" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>Staður</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w14:paraId="37789ADD" w14:textId="77777777" w:rsidTr="00290D7E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2946" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0BF034EE" w14:textId="04AB1362" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="144" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="192B3799" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="862" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A00B7B5" w14:textId="03A9E79C" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -5125,108 +5288,108 @@
             </w:r>
             <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check29"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00EB00A2">
-[...5 lines deleted...]
-            <w:r w:rsidR="00EB00A2">
+            <w:r w:rsidRPr="00482EA0">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Já   </w:t>
             </w:r>
             <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check30"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00EB00A2">
-[...5 lines deleted...]
-            <w:r w:rsidR="00EB00A2">
+            <w:r w:rsidRPr="00482EA0">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Nei</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
@@ -5305,87 +5468,85 @@
     </w:tbl>
     <w:p w14:paraId="5E8D3BA4" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRDefault="00DD165A" w:rsidP="006B493A">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid1"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3763"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1822"/>
+        <w:gridCol w:w="3679"/>
+        <w:gridCol w:w="426"/>
+        <w:gridCol w:w="1703"/>
+        <w:gridCol w:w="284"/>
+        <w:gridCol w:w="1700"/>
+        <w:gridCol w:w="284"/>
+        <w:gridCol w:w="1782"/>
       </w:tblGrid>
       <w:tr w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w14:paraId="48AE23BE" w14:textId="77777777" w:rsidTr="00290D7E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1866" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3A166A70" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+          <w:p w14:paraId="3A166A70" w14:textId="1F7BB109" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -5437,221 +5598,68 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="216" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="08FE123F" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="864" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="160EC046" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
-[...152 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="160EC046" w14:textId="7BF0A935" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -5680,214 +5688,92 @@
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...66 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
-          </w:tcPr>
-[...4 lines deleted...]
-                <w:sz w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4EF2F88C" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="862" w:type="pct"/>
-          </w:tcPr>
-[...61 lines deleted...]
-              <w:rPr>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5A35F8C3" w14:textId="1187FEED" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -5919,84 +5805,91 @@
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
-          </w:tcPr>
-[...15 lines deleted...]
-              <w:rPr>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="63952BE0" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="904" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6CC124D0" w14:textId="257B882E" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -6011,288 +5904,341 @@
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD165A" w:rsidRPr="005D14C2" w14:paraId="43EA333A" w14:textId="77777777" w:rsidTr="00290D7E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1866" w:type="pct"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5B9E0451" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D14C2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>N</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>afn</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="216" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="58187E87" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="864" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EBAD87C" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>Kennitala</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="290DD5D1" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
-[...3 lines deleted...]
-                <w:sz w:val="18"/>
+          <w:p w14:paraId="210FE5EA" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="862" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="79F405D1" w14:textId="42F93FAA" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="007F23A1" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>Skattakennitala (TIN)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="144" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="21900B87" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="904" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="12D0777D" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
-[...9 lines deleted...]
-                <w:rStyle w:val="SubtleEmphasis"/>
+          <w:p w14:paraId="2E170366" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>Ríkisfang</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w14:paraId="6284B19A" w14:textId="77777777" w:rsidTr="00290D7E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2946" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0ABC0360" w14:textId="4FFC71D9" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="SubtleEmphasis"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="SubtleEmphasis"/>
-[...4 lines deleted...]
-                <w:rStyle w:val="SubtleEmphasis"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="SubtleEmphasis"/>
-[...34 lines deleted...]
-                <w:rStyle w:val="SubtleEmphasis"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...25 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="2F1C21D8" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
-[...3 lines deleted...]
-                <w:sz w:val="14"/>
+          <w:p w14:paraId="69DA4267" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="862" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="654B29EB" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
-[...64 lines deleted...]
-          <w:p w14:paraId="5F0DBD1B" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+          <w:p w14:paraId="75326306" w14:textId="41AB3950" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -6325,83 +6271,391 @@
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="2D1C995D" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
-[...14 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="290DD5D1" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="904" w:type="pct"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="12D0777D" w14:textId="1F425E48" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD165A" w:rsidRPr="005D14C2" w14:paraId="41185F53" w14:textId="77777777" w:rsidTr="00290D7E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2946" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="179E4DD2" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>Heimili</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="144" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F1C21D8" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="862" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="654B29EB" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>Póstnúmer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="144" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F93FD08" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="904" w:type="pct"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3B5EDB85" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>Staður</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w14:paraId="5DA1DBFC" w14:textId="77777777" w:rsidTr="00290D7E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2946" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5F0DBD1B" w14:textId="3A0340D9" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="144" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D1C995D" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="862" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D34557C" w14:textId="644E5720" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -6605,108 +6859,108 @@
             </w:r>
             <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check29"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00EB00A2">
-[...5 lines deleted...]
-            <w:r w:rsidR="00EB00A2">
+            <w:r w:rsidRPr="00482EA0">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Já   </w:t>
             </w:r>
             <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check30"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00EB00A2">
-[...5 lines deleted...]
-            <w:r w:rsidR="00EB00A2">
+            <w:r w:rsidRPr="00482EA0">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Nei</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
@@ -6785,87 +7039,85 @@
     </w:tbl>
     <w:p w14:paraId="1C566968" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRDefault="00DD165A" w:rsidP="006B493A">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid1"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3763"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1822"/>
+        <w:gridCol w:w="3679"/>
+        <w:gridCol w:w="426"/>
+        <w:gridCol w:w="1703"/>
+        <w:gridCol w:w="284"/>
+        <w:gridCol w:w="1700"/>
+        <w:gridCol w:w="284"/>
+        <w:gridCol w:w="1782"/>
       </w:tblGrid>
       <w:tr w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w14:paraId="2324A5B8" w14:textId="77777777" w:rsidTr="00290D7E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1866" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="205EA8C8" w14:textId="3A92DA74" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+          <w:p w14:paraId="205EA8C8" w14:textId="2B57C77C" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -6917,221 +7169,68 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="216" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6A7DC6A3" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="864" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="763A4E14" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
-[...152 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="763A4E14" w14:textId="66AEE8F6" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -7160,214 +7259,92 @@
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...66 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
-          </w:tcPr>
-[...4 lines deleted...]
-                <w:sz w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="35D24090" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="862" w:type="pct"/>
-          </w:tcPr>
-[...61 lines deleted...]
-              <w:rPr>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5E03B259" w14:textId="0097EACB" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -7399,84 +7376,91 @@
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
-          </w:tcPr>
-[...15 lines deleted...]
-              <w:rPr>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4EDDD899" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="904" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2FCB3E60" w14:textId="78311C40" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -7491,288 +7475,341 @@
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD165A" w:rsidRPr="005D14C2" w14:paraId="00E9A7A6" w14:textId="77777777" w:rsidTr="00290D7E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1866" w:type="pct"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4FF64A33" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D14C2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>N</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>afn</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="216" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="368975DF" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="864" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="527BC2B4" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>Kennitala</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="7AA3D06B" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
-[...3 lines deleted...]
-                <w:sz w:val="18"/>
+          <w:p w14:paraId="70E9534C" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="862" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="422D77A1" w14:textId="6F0C23A3" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="007F23A1" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>Skattakennitala (TIN)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="144" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6553406A" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="904" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="797F8032" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
-[...9 lines deleted...]
-                <w:rStyle w:val="SubtleEmphasis"/>
+          <w:p w14:paraId="45DB160C" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>Ríkisfang</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w14:paraId="2B65EA96" w14:textId="77777777" w:rsidTr="00290D7E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2946" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1ED14441" w14:textId="365860CC" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="SubtleEmphasis"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="SubtleEmphasis"/>
-[...4 lines deleted...]
-                <w:rStyle w:val="SubtleEmphasis"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="SubtleEmphasis"/>
-[...34 lines deleted...]
-                <w:rStyle w:val="SubtleEmphasis"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...25 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="1B3C576B" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
-[...3 lines deleted...]
-                <w:sz w:val="14"/>
+          <w:p w14:paraId="5D3426E3" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="862" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="74F257F1" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
-[...64 lines deleted...]
-          <w:p w14:paraId="1C85FC3E" w14:textId="0CCAD5FF" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+          <w:p w14:paraId="34C4BD6D" w14:textId="272F4F20" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -7805,83 +7842,391 @@
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="5B2AA5CC" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
-[...14 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="7AA3D06B" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="904" w:type="pct"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="797F8032" w14:textId="7B38FF27" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD165A" w:rsidRPr="005D14C2" w14:paraId="37E9B9B4" w14:textId="77777777" w:rsidTr="00290D7E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2946" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7FE55009" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>Heimili</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="144" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B3C576B" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="862" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="74F257F1" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>Póstnúmer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="144" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1024C1F9" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="904" w:type="pct"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6D322607" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>Staður</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w14:paraId="06AD1699" w14:textId="77777777" w:rsidTr="00290D7E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2946" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1C85FC3E" w14:textId="2D276ED3" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="144" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B2AA5CC" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="862" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E2763B2" w14:textId="2A20C29E" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -8085,108 +8430,108 @@
             </w:r>
             <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check29"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00EB00A2">
-[...5 lines deleted...]
-            <w:r w:rsidR="00EB00A2">
+            <w:r w:rsidRPr="00482EA0">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Já   </w:t>
             </w:r>
             <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check30"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00EB00A2">
-[...5 lines deleted...]
-            <w:r w:rsidR="00EB00A2">
+            <w:r w:rsidRPr="00482EA0">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Nei</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
@@ -8265,87 +8610,85 @@
     </w:tbl>
     <w:p w14:paraId="4E334804" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRDefault="00DD165A" w:rsidP="006B493A">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid1"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3763"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1822"/>
+        <w:gridCol w:w="3679"/>
+        <w:gridCol w:w="426"/>
+        <w:gridCol w:w="1703"/>
+        <w:gridCol w:w="284"/>
+        <w:gridCol w:w="1700"/>
+        <w:gridCol w:w="284"/>
+        <w:gridCol w:w="1782"/>
       </w:tblGrid>
       <w:tr w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w14:paraId="6C043260" w14:textId="77777777" w:rsidTr="00290D7E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1866" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1577578F" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+          <w:p w14:paraId="1577578F" w14:textId="72F607A9" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -8397,221 +8740,68 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="216" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1E66B65C" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="864" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="656E9DBE" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
-[...152 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="656E9DBE" w14:textId="0D278A72" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -8640,214 +8830,92 @@
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...66 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
-          </w:tcPr>
-[...4 lines deleted...]
-                <w:sz w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5FA6764F" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="862" w:type="pct"/>
-          </w:tcPr>
-[...61 lines deleted...]
-              <w:rPr>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1015B14F" w14:textId="259E6CE2" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -8879,84 +8947,91 @@
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
-          </w:tcPr>
-[...15 lines deleted...]
-              <w:rPr>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2B3FD9CD" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="904" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4B93467E" w14:textId="355F1257" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -8971,288 +9046,341 @@
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD165A" w:rsidRPr="005D14C2" w14:paraId="404A7192" w14:textId="77777777" w:rsidTr="00290D7E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1866" w:type="pct"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="780D8E93" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D14C2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>N</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>afn</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="216" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B23876D" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="864" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D0F3B56" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>Kennitala</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="1E5E0A13" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
-[...3 lines deleted...]
-                <w:sz w:val="18"/>
+          <w:p w14:paraId="2C642ACF" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="862" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="19CB1580" w14:textId="3FC01DF9" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="007F23A1" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>Skattakennitala (TIN)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="144" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F04A239" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="904" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="18B53726" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
-[...9 lines deleted...]
-                <w:rStyle w:val="SubtleEmphasis"/>
+          <w:p w14:paraId="0FD02C91" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>Ríkisfang</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w14:paraId="7B1161C7" w14:textId="77777777" w:rsidTr="00290D7E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2946" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="02F3BF0A" w14:textId="5A12EF1A" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="SubtleEmphasis"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="SubtleEmphasis"/>
-[...4 lines deleted...]
-                <w:rStyle w:val="SubtleEmphasis"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="SubtleEmphasis"/>
-[...34 lines deleted...]
-                <w:rStyle w:val="SubtleEmphasis"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...25 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="25C6935F" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
-[...3 lines deleted...]
-                <w:sz w:val="14"/>
+          <w:p w14:paraId="5BF4A3AB" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="862" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="4E1060CD" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
-[...64 lines deleted...]
-          <w:p w14:paraId="691953A9" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+          <w:p w14:paraId="5337CA70" w14:textId="0F2C8064" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -9285,83 +9413,391 @@
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="0BAB65D8" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
-[...14 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="1E5E0A13" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="904" w:type="pct"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="18B53726" w14:textId="68350B4B" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD165A" w:rsidRPr="005D14C2" w14:paraId="5F08A11A" w14:textId="77777777" w:rsidTr="00290D7E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2946" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="64E0F93D" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>Heimili</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="144" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="25C6935F" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="862" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E1060CD" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>Póstnúmer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="144" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="655E88A3" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="904" w:type="pct"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="76ACD231" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>Staður</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w14:paraId="713DEB65" w14:textId="77777777" w:rsidTr="00290D7E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2946" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="691953A9" w14:textId="1C6269EF" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="144" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BAB65D8" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="862" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="496ED514" w14:textId="08344350" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -9565,108 +10001,108 @@
             </w:r>
             <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check29"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00EB00A2">
-[...5 lines deleted...]
-            <w:r w:rsidR="00EB00A2">
+            <w:r w:rsidRPr="00482EA0">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Já   </w:t>
             </w:r>
             <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check30"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00EB00A2">
-[...5 lines deleted...]
-            <w:r w:rsidR="00EB00A2">
+            <w:r w:rsidRPr="00482EA0">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Nei</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
@@ -9760,52 +10196,52 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid2"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7731"/>
-        <w:gridCol w:w="2349"/>
+        <w:gridCol w:w="7566"/>
+        <w:gridCol w:w="2298"/>
       </w:tblGrid>
       <w:tr w:rsidR="005F0217" w:rsidRPr="001B4C2B" w14:paraId="382205B0" w14:textId="77777777" w:rsidTr="00BD0C08">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3835" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="591D1AB3" w14:textId="77777777" w:rsidR="005F0217" w:rsidRPr="001B4C2B" w:rsidRDefault="005F0217" w:rsidP="00BD0C08">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Malgun Gothic" w:hAnsi="Arial" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="19488C"/>
                 <w:spacing w:val="20"/>
                 <w:kern w:val="28"/>
                 <w:szCs w:val="52"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Malgun Gothic" w:hAnsi="Arial" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="19488C"/>
                 <w:spacing w:val="20"/>
                 <w:kern w:val="28"/>
                 <w:szCs w:val="52"/>
@@ -9818,51 +10254,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="4C962BFA" w14:textId="77777777" w:rsidR="005F0217" w:rsidRPr="001B4C2B" w:rsidRDefault="005F0217" w:rsidP="00BD0C08">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="646"/>
               </w:tabs>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B4C2B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="59CD4D27" wp14:editId="3415C6F5">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="59CD4D27" wp14:editId="3415C6F5">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>247856</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="page">
                     <wp:posOffset>-2540</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="1144800" cy="248400"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
                   <wp:docPr id="1" name="Picture 1"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Arion_merki_2013.png"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill rotWithShape="1">
                           <a:blip r:embed="rId10" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -9930,174 +10366,149 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Malgun Gothic" w:hAnsi="Arial" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:color w:val="19488C"/>
                 <w:spacing w:val="15"/>
               </w:rPr>
               <w:t>Endurnýjun</w:t>
             </w:r>
             <w:r w:rsidRPr="001B4C2B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Malgun Gothic" w:hAnsi="Arial" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:color w:val="19488C"/>
                 <w:spacing w:val="15"/>
               </w:rPr>
               <w:t xml:space="preserve"> - lögaðili</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="pct"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="375E196C" w14:textId="77777777" w:rsidR="005F0217" w:rsidRPr="00231790" w:rsidRDefault="005F0217" w:rsidP="00BD0C08">
+          <w:p w14:paraId="375E196C" w14:textId="7F207E0D" w:rsidR="005F0217" w:rsidRPr="00231790" w:rsidRDefault="005F0217" w:rsidP="00BD0C08">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="is-IS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008175BE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="is-IS"/>
               </w:rPr>
               <w:t xml:space="preserve">Dagsetning: </w:t>
             </w:r>
-            <w:r w:rsidRPr="008175BE">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="is-IS"/>
+            <w:r w:rsidR="002F37F0">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text116"/>
+                  <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008175BE">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="is-IS"/>
+            <w:r w:rsidR="002F37F0">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="008175BE">
-[...14 lines deleted...]
-                <w:lang w:eastAsia="is-IS"/>
+            <w:r w:rsidR="002F37F0">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="002F37F0">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008175BE">
-[...55 lines deleted...]
-                <w:lang w:eastAsia="is-IS"/>
+            <w:r w:rsidR="002F37F0">
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002F37F0">
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002F37F0">
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002F37F0">
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002F37F0">
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002F37F0">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4B36E154" w14:textId="136F239E" w:rsidR="005F0217" w:rsidRDefault="005F0217" w:rsidP="006B493A">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6B60CF64" w14:textId="77777777" w:rsidR="00482EA0" w:rsidRPr="001B4C2B" w:rsidRDefault="00482EA0" w:rsidP="00482EA0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="459"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:spacing w:val="15"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
@@ -10118,87 +10529,85 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="459"/>
         </w:tabs>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="6"/>
           <w:szCs w:val="6"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid1"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3763"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1822"/>
+        <w:gridCol w:w="3679"/>
+        <w:gridCol w:w="426"/>
+        <w:gridCol w:w="1703"/>
+        <w:gridCol w:w="284"/>
+        <w:gridCol w:w="1700"/>
+        <w:gridCol w:w="284"/>
+        <w:gridCol w:w="1782"/>
       </w:tblGrid>
       <w:tr w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w14:paraId="42DD1971" w14:textId="77777777" w:rsidTr="00290D7E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1866" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2335DA0E" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+          <w:p w14:paraId="2335DA0E" w14:textId="2A5541C5" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -10250,221 +10659,68 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="216" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="63FB1856" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="864" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="32E17F7F" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
-[...152 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="32E17F7F" w14:textId="4404EF53" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -10493,214 +10749,127 @@
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...66 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
-          </w:tcPr>
-[...4 lines deleted...]
-                <w:sz w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0FE50654" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="862" w:type="pct"/>
-          </w:tcPr>
-[...5 lines deleted...]
-                <w:sz w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="60307A2A" w14:textId="6C40E998" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
-          </w:tcPr>
-[...5 lines deleted...]
-                <w:sz w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3ECB7932" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="904" w:type="pct"/>
             <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="140BB133" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
-[...29 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="1EF54823" w14:textId="1F958037" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -10729,87 +10898,212 @@
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD165A" w:rsidRPr="005D14C2" w14:paraId="1F999B44" w14:textId="77777777" w:rsidTr="00290D7E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1866" w:type="pct"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3725DCC4" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D14C2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>N</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>afn</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="216" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="42932771" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="864" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="225CE488" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>Kennitala</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="354611E0" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
-[...3 lines deleted...]
-                <w:sz w:val="18"/>
+          <w:p w14:paraId="60B7FE03" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="862" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="5C288242" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+          <w:p w14:paraId="0D98934F" w14:textId="114E5B57" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="144" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3157E57D" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="904" w:type="pct"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="140BB133" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>Ríkisfang</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w14:paraId="1CE06144" w14:textId="77777777" w:rsidTr="00290D7E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2946" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="62E639D8" w14:textId="62AF8D2E" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -10824,288 +11118,210 @@
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="191A0D8C" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
-[...25 lines deleted...]
-                <w:rStyle w:val="SubtleEmphasis"/>
+          <w:p w14:paraId="354611E0" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="862" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C288242" w14:textId="346EC958" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="SubtleEmphasis"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="SubtleEmphasis"/>
-[...4 lines deleted...]
-                <w:rStyle w:val="SubtleEmphasis"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="SubtleEmphasis"/>
-[...34 lines deleted...]
-                <w:rStyle w:val="SubtleEmphasis"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...25 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="0E10B057" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
-[...37 lines deleted...]
-                <w:sz w:val="14"/>
+          <w:p w14:paraId="191A0D8C" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="904" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="55CCE440" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
-[...29 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="17867919" w14:textId="5BAC5936" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -11134,87 +11350,284 @@
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD165A" w:rsidRPr="005D14C2" w14:paraId="305D4863" w14:textId="77777777" w:rsidTr="00290D7E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2946" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6700357B" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>Heimili</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="1E54FA20" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
-[...3 lines deleted...]
-                <w:sz w:val="18"/>
+          <w:p w14:paraId="0E10B057" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="862" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="3D0C55F9" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+          <w:p w14:paraId="3149A85D" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>Póstnúmer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="144" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="71CCB872" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="904" w:type="pct"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="55CCE440" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>Staður</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w14:paraId="0D957E4B" w14:textId="77777777" w:rsidTr="00290D7E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2946" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="05AECF57" w14:textId="02E35522" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="144" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E54FA20" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="862" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D0C55F9" w14:textId="280FD149" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -11418,108 +11831,108 @@
             </w:r>
             <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check29"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00EB00A2">
-[...5 lines deleted...]
-            <w:r w:rsidR="00EB00A2">
+            <w:r w:rsidRPr="00482EA0">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Já   </w:t>
             </w:r>
             <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check30"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00EB00A2">
-[...5 lines deleted...]
-            <w:r w:rsidR="00EB00A2">
+            <w:r w:rsidRPr="00482EA0">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Nei</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
@@ -11601,87 +12014,85 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="459"/>
         </w:tabs>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="6"/>
           <w:szCs w:val="6"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid1"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3763"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1822"/>
+        <w:gridCol w:w="3679"/>
+        <w:gridCol w:w="426"/>
+        <w:gridCol w:w="1703"/>
+        <w:gridCol w:w="284"/>
+        <w:gridCol w:w="1700"/>
+        <w:gridCol w:w="284"/>
+        <w:gridCol w:w="1782"/>
       </w:tblGrid>
       <w:tr w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w14:paraId="0096AD71" w14:textId="77777777" w:rsidTr="00290D7E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1866" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0FD482C0" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+          <w:p w14:paraId="0FD482C0" w14:textId="165CF1A9" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -11733,221 +12144,68 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="216" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="66A8B58C" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="864" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7149A5BB" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
-[...152 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="7149A5BB" w14:textId="62534590" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -11976,214 +12234,127 @@
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...66 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
-          </w:tcPr>
-[...4 lines deleted...]
-                <w:sz w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3167EA06" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="862" w:type="pct"/>
-          </w:tcPr>
-[...5 lines deleted...]
-                <w:sz w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7A89C204" w14:textId="0612DA79" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
-          </w:tcPr>
-[...5 lines deleted...]
-                <w:sz w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="11E50B7E" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="904" w:type="pct"/>
             <w:tcBorders>
+              <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1B4E57AE" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
-[...29 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="1AF693F4" w14:textId="27602D5F" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -12212,87 +12383,212 @@
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD165A" w:rsidRPr="005D14C2" w14:paraId="27867C10" w14:textId="77777777" w:rsidTr="00290D7E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1866" w:type="pct"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2F888B90" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D14C2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>N</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>afn</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="216" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="245EE00B" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="864" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="66C5C4F9" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>Kennitala</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="0797C994" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
-[...3 lines deleted...]
-                <w:sz w:val="18"/>
+          <w:p w14:paraId="4C2264C7" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="862" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="651CEB7C" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+          <w:p w14:paraId="5E81000E" w14:textId="1C53FA79" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="144" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="15EC0A28" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="904" w:type="pct"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1B4E57AE" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>Ríkisfang</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w14:paraId="77961900" w14:textId="77777777" w:rsidTr="00290D7E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2946" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6D524116" w14:textId="2C69A53E" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -12307,288 +12603,210 @@
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="2182E125" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
-[...25 lines deleted...]
-                <w:rStyle w:val="SubtleEmphasis"/>
+          <w:p w14:paraId="0797C994" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="862" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="651CEB7C" w14:textId="4674AF4E" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="SubtleEmphasis"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="SubtleEmphasis"/>
-[...4 lines deleted...]
-                <w:rStyle w:val="SubtleEmphasis"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="SubtleEmphasis"/>
-[...34 lines deleted...]
-                <w:rStyle w:val="SubtleEmphasis"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...25 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="3A4CEFEE" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
-[...37 lines deleted...]
-                <w:sz w:val="14"/>
+          <w:p w14:paraId="2182E125" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="904" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="21BD0778" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
-[...29 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="35040DE7" w14:textId="06BAE5C5" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -12617,87 +12835,284 @@
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD165A" w:rsidRPr="005D14C2" w14:paraId="6BD45198" w14:textId="77777777" w:rsidTr="00290D7E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2946" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="544A1D25" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>Heimili</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="1E2150AD" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
-[...3 lines deleted...]
-                <w:sz w:val="18"/>
+          <w:p w14:paraId="3A4CEFEE" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="862" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="7F20CD9E" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+          <w:p w14:paraId="349D4EFC" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>Póstnúmer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="144" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="11EBE501" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="904" w:type="pct"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="21BD0778" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t>Staður</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w14:paraId="1D8BE460" w14:textId="77777777" w:rsidTr="00290D7E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2946" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4B4B2D9A" w14:textId="027DD0EF" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="144" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E2150AD" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="862" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F20CD9E" w14:textId="4814431E" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -12901,108 +13316,108 @@
             </w:r>
             <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check29"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00EB00A2">
-[...5 lines deleted...]
-            <w:r w:rsidR="00EB00A2">
+            <w:r w:rsidRPr="00482EA0">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Já   </w:t>
             </w:r>
             <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check30"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00EB00A2">
-[...5 lines deleted...]
-            <w:r w:rsidR="00EB00A2">
+            <w:r w:rsidRPr="00482EA0">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00482EA0">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Nei</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
@@ -13081,143 +13496,177 @@
     </w:tbl>
     <w:p w14:paraId="072E94AA" w14:textId="2109FE46" w:rsidR="005F0217" w:rsidRDefault="005F0217" w:rsidP="00D64619">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="459"/>
         </w:tabs>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="6"/>
           <w:szCs w:val="6"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7783D165" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRDefault="00DD165A" w:rsidP="00D64619">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="459"/>
         </w:tabs>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="6"/>
           <w:szCs w:val="6"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="12451819" w14:textId="77777777" w:rsidR="00D64619" w:rsidRPr="001B4C2B" w:rsidRDefault="00D64619" w:rsidP="00D64619">
+    <w:p w14:paraId="12451819" w14:textId="5231F5E0" w:rsidR="00D64619" w:rsidRPr="001B4C2B" w:rsidRDefault="00D64619" w:rsidP="00D64619">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="459"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:spacing w:val="15"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B4C2B">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:spacing w:val="15"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">EIGNARHALD FYRIRTÆKISINS </w:t>
       </w:r>
       <w:r w:rsidRPr="001B4C2B">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:spacing w:val="15"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>(ENDANLEGIR EIGENDUR 25% HLUTAR EÐA MEIRA)</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="007F23A1">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>RAUNVERULEGIR</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B4C2B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> EIGENDUR 25% HLUTAR EÐA MEIRA</w:t>
+      </w:r>
+      <w:r w:rsidR="007F23A1">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – EF STJÓRN ER SKRÁÐ SEM RAUNVERULEGUR EIGANDI SKAL SKRÁ UPPLÝSINGAR UM STJÓRN</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B4C2B">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1245181A" w14:textId="77777777" w:rsidR="00D64619" w:rsidRDefault="00D64619" w:rsidP="00D64619">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="6"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid1"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3936"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="258"/>
+        <w:gridCol w:w="3849"/>
+        <w:gridCol w:w="262"/>
+        <w:gridCol w:w="1703"/>
+        <w:gridCol w:w="252"/>
         <w:gridCol w:w="32"/>
-        <w:gridCol w:w="1738"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1816"/>
+        <w:gridCol w:w="1700"/>
+        <w:gridCol w:w="284"/>
+        <w:gridCol w:w="1776"/>
       </w:tblGrid>
       <w:tr w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w14:paraId="3C8FB4F3" w14:textId="77777777" w:rsidTr="00290D7E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1952" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5A2B680B" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+          <w:p w14:paraId="5A2B680B" w14:textId="73C5F727" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -13269,70 +13718,68 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="133" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4E434C1B" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="864" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="06CB870C" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+          <w:p w14:paraId="06CB870C" w14:textId="06D20C32" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -13385,71 +13832,69 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="490885AA" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="862" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="66FCAE56" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+          <w:p w14:paraId="66FCAE56" w14:textId="7A1759E9" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -13503,71 +13948,69 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="06B90272" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="901" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="029F83CB" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+          <w:p w14:paraId="029F83CB" w14:textId="2B6B4D59" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -13749,70 +14192,68 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>Ríkisfang</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w14:paraId="21424FC7" w14:textId="77777777" w:rsidTr="00290D7E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2949" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7285B0E9" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+          <w:p w14:paraId="7285B0E9" w14:textId="178EDB99" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -13859,70 +14300,68 @@
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="0DE0D827" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="862" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="05D10D3D" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+          <w:p w14:paraId="05D10D3D" w14:textId="01A65F59" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -13937,154 +14376,170 @@
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="3FF5920F" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="901" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4AF12C6E" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
-[...9 lines deleted...]
-                <w:rStyle w:val="SubtleEmphasis"/>
+          <w:p w14:paraId="4AF12C6E" w14:textId="389B40DC" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="SubtleEmphasis"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="SubtleEmphasis"/>
-[...4 lines deleted...]
-                <w:rStyle w:val="SubtleEmphasis"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="SubtleEmphasis"/>
-[...34 lines deleted...]
-                <w:rStyle w:val="SubtleEmphasis"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD165A" w:rsidRPr="005D14C2" w14:paraId="2E145119" w14:textId="77777777" w:rsidTr="00290D7E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2949" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="07FB5AA4" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
@@ -14156,70 +14611,68 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>Staður</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w14:paraId="74E95444" w14:textId="77777777" w:rsidTr="00290D7E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2949" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5C77E94C" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+          <w:p w14:paraId="5C77E94C" w14:textId="2C59A9F8" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -14266,70 +14719,68 @@
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="7F3DF1CE" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="862" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="06726CF1" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+          <w:p w14:paraId="06726CF1" w14:textId="4D912BC3" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -14378,128 +14829,136 @@
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="6ECA0BD3" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="901" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="58349948" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
-[...9 lines deleted...]
-                <w:rStyle w:val="SubtleEmphasis"/>
+          <w:p w14:paraId="58349948" w14:textId="0F994B09" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="SubtleEmphasis"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="SubtleEmphasis"/>
-[...4 lines deleted...]
-                <w:rStyle w:val="SubtleEmphasis"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="SubtleEmphasis"/>
-[...34 lines deleted...]
-                <w:rStyle w:val="SubtleEmphasis"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD165A" w:rsidRPr="005D14C2" w14:paraId="74298FFA" w14:textId="77777777" w:rsidTr="00290D7E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2949" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3652B13C" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
@@ -14590,167 +15049,167 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>Eignarhluti í %</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD165A" w:rsidRPr="008A4EBA" w14:paraId="50555F66" w14:textId="77777777" w:rsidTr="00290D7E">
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3077" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="79855B09" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00FF763A" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+          <w:p w14:paraId="79855B09" w14:textId="3FBD1011" w:rsidR="00DD165A" w:rsidRPr="00FF763A" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tölvupóstfang (E-mail): </w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>Tölvupóstfang (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t>E-mail</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">): </w:t>
+            </w:r>
+            <w:r w:rsidR="00E97853">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text117"/>
+                  <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="00E97853">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="00E97853">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E97853">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...48 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="00E97853">
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E97853">
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E97853">
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E97853">
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E97853">
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E97853">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
-            </w:r>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1923" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0C0253CC" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00FF763A" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED3D0B">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="16"/>
@@ -14762,115 +15221,115 @@
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check29"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00ED3D0B">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00EB00A2">
+            <w:r w:rsidRPr="00ED3D0B">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00EB00A2">
+            <w:r w:rsidRPr="00ED3D0B">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00ED3D0B">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00ED3D0B">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Já   </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED3D0B">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check30"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00ED3D0B">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00EB00A2">
+            <w:r w:rsidRPr="00ED3D0B">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00EB00A2">
+            <w:r w:rsidRPr="00ED3D0B">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00ED3D0B">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00ED3D0B">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Nei</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -14878,88 +15337,86 @@
     </w:tbl>
     <w:p w14:paraId="33C1A98B" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRDefault="00DD165A" w:rsidP="00D64619">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="6"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid1"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3936"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="258"/>
+        <w:gridCol w:w="3849"/>
+        <w:gridCol w:w="262"/>
+        <w:gridCol w:w="1703"/>
+        <w:gridCol w:w="252"/>
         <w:gridCol w:w="32"/>
-        <w:gridCol w:w="1738"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1816"/>
+        <w:gridCol w:w="1700"/>
+        <w:gridCol w:w="284"/>
+        <w:gridCol w:w="1776"/>
       </w:tblGrid>
       <w:tr w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w14:paraId="15B2A593" w14:textId="77777777" w:rsidTr="00290D7E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1952" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7883E69A" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+          <w:p w14:paraId="7883E69A" w14:textId="491C9163" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -15011,70 +15468,68 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="133" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="77328991" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="864" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="68D487F8" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+          <w:p w14:paraId="68D487F8" w14:textId="30A4586C" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -15127,71 +15582,69 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3C711E85" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="862" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5AAC9D98" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+          <w:p w14:paraId="5AAC9D98" w14:textId="3B6D1B09" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -15245,71 +15698,69 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2B26C2C9" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="901" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="090B6872" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+          <w:p w14:paraId="090B6872" w14:textId="57C5698E" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -15491,70 +15942,68 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>Ríkisfang</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w14:paraId="6CC677AF" w14:textId="77777777" w:rsidTr="00290D7E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2949" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="115D486A" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+          <w:p w14:paraId="115D486A" w14:textId="69C55D85" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -15601,70 +16050,68 @@
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="42AFB61E" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="862" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="69EA6BCC" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+          <w:p w14:paraId="69EA6BCC" w14:textId="2425FE13" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -15679,154 +16126,170 @@
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="61365536" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="901" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7C6FEC3A" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
-[...9 lines deleted...]
-                <w:rStyle w:val="SubtleEmphasis"/>
+          <w:p w14:paraId="7C6FEC3A" w14:textId="29EC1003" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="SubtleEmphasis"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="SubtleEmphasis"/>
-[...4 lines deleted...]
-                <w:rStyle w:val="SubtleEmphasis"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="SubtleEmphasis"/>
-[...34 lines deleted...]
-                <w:rStyle w:val="SubtleEmphasis"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD165A" w:rsidRPr="005D14C2" w14:paraId="007EBF09" w14:textId="77777777" w:rsidTr="00290D7E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2949" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="14EA7647" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
@@ -15898,70 +16361,68 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>Staður</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w14:paraId="0D14D1D2" w14:textId="77777777" w:rsidTr="00290D7E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2949" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1973621C" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+          <w:p w14:paraId="1973621C" w14:textId="6CDCF511" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -16008,70 +16469,68 @@
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="7A879B98" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="862" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="3F69103D" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+          <w:p w14:paraId="3F69103D" w14:textId="20204C05" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -16120,128 +16579,136 @@
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="3CA0D9B0" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="901" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="01CC1380" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
-[...9 lines deleted...]
-                <w:rStyle w:val="SubtleEmphasis"/>
+          <w:p w14:paraId="01CC1380" w14:textId="0847AE50" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="SubtleEmphasis"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="SubtleEmphasis"/>
-[...4 lines deleted...]
-                <w:rStyle w:val="SubtleEmphasis"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="SubtleEmphasis"/>
-[...34 lines deleted...]
-                <w:rStyle w:val="SubtleEmphasis"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD165A" w:rsidRPr="005D14C2" w14:paraId="5B0288A6" w14:textId="77777777" w:rsidTr="00290D7E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2949" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="72C2213B" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
@@ -16332,167 +16799,167 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>Eignarhluti í %</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD165A" w:rsidRPr="008A4EBA" w14:paraId="0DDF9914" w14:textId="77777777" w:rsidTr="00290D7E">
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3077" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0B41369A" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00FF763A" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+          <w:p w14:paraId="0B41369A" w14:textId="734BBD6C" w:rsidR="00DD165A" w:rsidRPr="00FF763A" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tölvupóstfang (E-mail): </w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>Tölvupóstfang (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t>E-mail</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">): </w:t>
+            </w:r>
+            <w:r w:rsidR="002F37F0">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text117"/>
+                  <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="002F37F0">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="002F37F0">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="002F37F0">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...48 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="002F37F0">
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002F37F0">
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002F37F0">
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002F37F0">
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002F37F0">
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002F37F0">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
-            </w:r>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1923" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5FD873CE" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00FF763A" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED3D0B">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="16"/>
@@ -16504,115 +16971,115 @@
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check29"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00ED3D0B">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00EB00A2">
+            <w:r w:rsidRPr="00ED3D0B">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00EB00A2">
+            <w:r w:rsidRPr="00ED3D0B">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00ED3D0B">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00ED3D0B">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Já   </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED3D0B">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check30"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00ED3D0B">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00EB00A2">
+            <w:r w:rsidRPr="00ED3D0B">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00EB00A2">
+            <w:r w:rsidRPr="00ED3D0B">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00ED3D0B">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00ED3D0B">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Nei</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -16620,88 +17087,86 @@
     </w:tbl>
     <w:p w14:paraId="26E33F9C" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRDefault="00DD165A" w:rsidP="00D64619">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="6"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid1"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3936"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="258"/>
+        <w:gridCol w:w="3849"/>
+        <w:gridCol w:w="262"/>
+        <w:gridCol w:w="1703"/>
+        <w:gridCol w:w="252"/>
         <w:gridCol w:w="32"/>
-        <w:gridCol w:w="1738"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1816"/>
+        <w:gridCol w:w="1700"/>
+        <w:gridCol w:w="284"/>
+        <w:gridCol w:w="1776"/>
       </w:tblGrid>
       <w:tr w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w14:paraId="445A8F66" w14:textId="77777777" w:rsidTr="00290D7E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1952" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="511BABD5" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+          <w:p w14:paraId="511BABD5" w14:textId="70171243" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -16753,70 +17218,68 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="133" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2D9BE318" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="864" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5063EBF4" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+          <w:p w14:paraId="5063EBF4" w14:textId="6515E055" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -16869,71 +17332,69 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="245FE07C" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="862" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0D33BDA8" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+          <w:p w14:paraId="0D33BDA8" w14:textId="5D34D3BD" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -16987,71 +17448,69 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="14FF89E2" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="901" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2A597141" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+          <w:p w14:paraId="2A597141" w14:textId="34C82D4E" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -17233,70 +17692,68 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>Ríkisfang</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w14:paraId="7D763910" w14:textId="77777777" w:rsidTr="00290D7E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2949" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3FBE0FBA" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+          <w:p w14:paraId="3FBE0FBA" w14:textId="5DB4DE45" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -17343,70 +17800,68 @@
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="796E27B0" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="862" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="11F571F8" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+          <w:p w14:paraId="11F571F8" w14:textId="0DDA9974" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -17421,154 +17876,170 @@
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="1021E148" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="901" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7ECC44BE" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
-[...9 lines deleted...]
-                <w:rStyle w:val="SubtleEmphasis"/>
+          <w:p w14:paraId="7ECC44BE" w14:textId="20741192" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="SubtleEmphasis"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="SubtleEmphasis"/>
-[...4 lines deleted...]
-                <w:rStyle w:val="SubtleEmphasis"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="SubtleEmphasis"/>
-[...34 lines deleted...]
-                <w:rStyle w:val="SubtleEmphasis"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD165A" w:rsidRPr="005D14C2" w14:paraId="6E144596" w14:textId="77777777" w:rsidTr="00290D7E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2949" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3B780762" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
@@ -17640,70 +18111,68 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>Staður</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w14:paraId="4C678116" w14:textId="77777777" w:rsidTr="00290D7E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2949" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1ABE8627" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+          <w:p w14:paraId="1ABE8627" w14:textId="6A42FADA" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -17750,70 +18219,68 @@
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="1A2D46FC" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="862" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="5608E998" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+          <w:p w14:paraId="5608E998" w14:textId="1BEF0486" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -17862,128 +18329,136 @@
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="2EF640F7" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="901" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="382707EB" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
-[...9 lines deleted...]
-                <w:rStyle w:val="SubtleEmphasis"/>
+          <w:p w14:paraId="382707EB" w14:textId="1626013D" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="SubtleEmphasis"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="SubtleEmphasis"/>
-[...4 lines deleted...]
-                <w:rStyle w:val="SubtleEmphasis"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="SubtleEmphasis"/>
-[...34 lines deleted...]
-                <w:rStyle w:val="SubtleEmphasis"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD165A" w:rsidRPr="005D14C2" w14:paraId="52204563" w14:textId="77777777" w:rsidTr="00290D7E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2949" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="39D0041B" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
@@ -18074,167 +18549,167 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>Eignarhluti í %</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD165A" w:rsidRPr="008A4EBA" w14:paraId="00B60932" w14:textId="77777777" w:rsidTr="00290D7E">
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3077" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3B12D915" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00FF763A" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+          <w:p w14:paraId="3B12D915" w14:textId="26D728C6" w:rsidR="00DD165A" w:rsidRPr="00FF763A" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tölvupóstfang (E-mail): </w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>Tölvupóstfang (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t>E-mail</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">): </w:t>
+            </w:r>
+            <w:r w:rsidR="00E97853">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text117"/>
+                  <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="00E97853">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="00E97853">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00E97853">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...48 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="00E97853">
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E97853">
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E97853">
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E97853">
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E97853">
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E97853">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
-            </w:r>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1923" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5D1EC69B" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00FF763A" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED3D0B">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="16"/>
@@ -18246,115 +18721,115 @@
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check29"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00ED3D0B">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00EB00A2">
+            <w:r w:rsidRPr="00ED3D0B">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00EB00A2">
+            <w:r w:rsidRPr="00ED3D0B">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00ED3D0B">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00ED3D0B">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Já   </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED3D0B">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check30"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00ED3D0B">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00EB00A2">
+            <w:r w:rsidRPr="00ED3D0B">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00EB00A2">
+            <w:r w:rsidRPr="00ED3D0B">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00ED3D0B">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00ED3D0B">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Nei</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -18362,88 +18837,86 @@
     </w:tbl>
     <w:p w14:paraId="04C2B4F6" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRDefault="00DD165A" w:rsidP="00D64619">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="6"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid1"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3936"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="258"/>
+        <w:gridCol w:w="3849"/>
+        <w:gridCol w:w="262"/>
+        <w:gridCol w:w="1703"/>
+        <w:gridCol w:w="252"/>
         <w:gridCol w:w="32"/>
-        <w:gridCol w:w="1738"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1816"/>
+        <w:gridCol w:w="1700"/>
+        <w:gridCol w:w="284"/>
+        <w:gridCol w:w="1776"/>
       </w:tblGrid>
       <w:tr w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w14:paraId="75C951CD" w14:textId="77777777" w:rsidTr="00290D7E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1952" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="081890FC" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+          <w:p w14:paraId="081890FC" w14:textId="45D7B7C3" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -18495,70 +18968,68 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="133" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="317EC407" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="864" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="67330806" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+          <w:p w14:paraId="67330806" w14:textId="7E88FA43" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -18611,71 +19082,69 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2BC7B2F6" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="862" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2729469C" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+          <w:p w14:paraId="2729469C" w14:textId="0160DC6E" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -18729,71 +19198,69 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="75868DD5" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="901" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="45FC294D" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+          <w:p w14:paraId="45FC294D" w14:textId="4B3A103B" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -18975,70 +19442,68 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>Ríkisfang</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w14:paraId="21A66178" w14:textId="77777777" w:rsidTr="00290D7E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2949" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="25CC84D7" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+          <w:p w14:paraId="25CC84D7" w14:textId="42B8220A" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -19085,70 +19550,68 @@
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="3210ECFF" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="862" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="4E60B1A7" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+          <w:p w14:paraId="4E60B1A7" w14:textId="49AD4B42" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -19163,154 +19626,170 @@
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="6E8C244A" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="901" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="115915CF" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
-[...9 lines deleted...]
-                <w:rStyle w:val="SubtleEmphasis"/>
+          <w:p w14:paraId="115915CF" w14:textId="6E7E22A3" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="SubtleEmphasis"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="SubtleEmphasis"/>
-[...4 lines deleted...]
-                <w:rStyle w:val="SubtleEmphasis"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="SubtleEmphasis"/>
-[...34 lines deleted...]
-                <w:rStyle w:val="SubtleEmphasis"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD165A" w:rsidRPr="005D14C2" w14:paraId="113D6A5B" w14:textId="77777777" w:rsidTr="00290D7E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2949" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="06F60613" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
@@ -19382,70 +19861,68 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>Staður</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w14:paraId="58CA84BD" w14:textId="77777777" w:rsidTr="00290D7E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2949" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7C25EB6A" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+          <w:p w14:paraId="7C25EB6A" w14:textId="3EB174B6" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -19492,70 +19969,68 @@
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="55C530DA" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="862" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="08EFF20A" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+          <w:p w14:paraId="08EFF20A" w14:textId="1073CA2B" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -19604,128 +20079,136 @@
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="144" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="7825311C" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="901" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="45DA0A50" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
-[...9 lines deleted...]
-                <w:rStyle w:val="SubtleEmphasis"/>
+          <w:p w14:paraId="45DA0A50" w14:textId="334C28B4" w:rsidR="00DD165A" w:rsidRPr="00BD5C65" w:rsidRDefault="00E97853" w:rsidP="00290D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="SubtleEmphasis"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="SubtleEmphasis"/>
-[...4 lines deleted...]
-                <w:rStyle w:val="SubtleEmphasis"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="SubtleEmphasis"/>
-[...34 lines deleted...]
-                <w:rStyle w:val="SubtleEmphasis"/>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD165A" w:rsidRPr="005D14C2" w14:paraId="37F26F69" w14:textId="77777777" w:rsidTr="00290D7E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2949" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6C533327" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="005D14C2" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
@@ -19816,167 +20299,167 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
               </w:rPr>
               <w:t>Eignarhluti í %</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD165A" w:rsidRPr="008A4EBA" w14:paraId="2BAE78BD" w14:textId="77777777" w:rsidTr="00290D7E">
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3077" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6AA8F292" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00FF763A" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
+          <w:p w14:paraId="6AA8F292" w14:textId="4D865D78" w:rsidR="00DD165A" w:rsidRPr="00FF763A" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tölvupóstfang (E-mail): </w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>Tölvupóstfang (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t>E-mail</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">): </w:t>
+            </w:r>
+            <w:r w:rsidR="002F37F0">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text117"/>
+                  <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...1 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="002F37F0">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="002F37F0">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="002F37F0">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...48 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="002F37F0">
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002F37F0">
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002F37F0">
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002F37F0">
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002F37F0">
+              <w:rPr>
+                <w:iCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002F37F0">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
-            </w:r>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1923" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6E6ECCAA" w14:textId="77777777" w:rsidR="00DD165A" w:rsidRPr="00FF763A" w:rsidRDefault="00DD165A" w:rsidP="00290D7E">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED3D0B">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="16"/>
@@ -19988,115 +20471,115 @@
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check29"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00ED3D0B">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00EB00A2">
+            <w:r w:rsidRPr="00ED3D0B">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00EB00A2">
+            <w:r w:rsidRPr="00ED3D0B">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00ED3D0B">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00ED3D0B">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Já   </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED3D0B">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check30"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00ED3D0B">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00EB00A2">
+            <w:r w:rsidRPr="00ED3D0B">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00EB00A2">
+            <w:r w:rsidRPr="00ED3D0B">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00ED3D0B">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00ED3D0B">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Nei</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -20135,372 +20618,303 @@
     </w:p>
     <w:p w14:paraId="124519B4" w14:textId="77777777" w:rsidR="00D64619" w:rsidRPr="0093335E" w:rsidRDefault="00D64619" w:rsidP="00D64619">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="6"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid1"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="724"/>
-        <w:gridCol w:w="9356"/>
+        <w:gridCol w:w="708"/>
+        <w:gridCol w:w="9156"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D64619" w:rsidRPr="00BD5C65" w14:paraId="124519B7" w14:textId="77777777" w:rsidTr="00D64619">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="359" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="124519B5" w14:textId="77777777" w:rsidR="00D64619" w:rsidRPr="00BD5C65" w:rsidRDefault="00D64619" w:rsidP="00D64619">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="17" w:name="Check3"/>
+            <w:bookmarkStart w:id="18" w:name="Check3"/>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00EB00A2">
-[...5 lines deleted...]
-            <w:r w:rsidR="00EB00A2">
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="17"/>
+            <w:bookmarkEnd w:id="18"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4641" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="124519B6" w14:textId="77777777" w:rsidR="00D64619" w:rsidRPr="00BD5C65" w:rsidRDefault="00D64619" w:rsidP="00D64619">
+          <w:p w14:paraId="124519B6" w14:textId="076B0BB7" w:rsidR="00D64619" w:rsidRPr="00BD5C65" w:rsidRDefault="00D64619" w:rsidP="00D64619">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E7D88">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Vottorð úr opinberri skrá, t.d. fyrirtækjaskrá eða sambærileg opinber skrá sem er ekki eldra</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>Vottorð úr opinberri skrá</w:t>
+            </w:r>
+            <w:r w:rsidR="007F23A1">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> en </w:t>
-[...13 lines deleted...]
-              <w:t>.</w:t>
+              <w:t xml:space="preserve"> (einungis ef fyrirtækið er stofnskráð erlendis).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D64619" w:rsidRPr="00BD5C65" w14:paraId="124519BD" w14:textId="77777777" w:rsidTr="00D64619">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="359" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="124519BB" w14:textId="77777777" w:rsidR="00D64619" w:rsidRDefault="00D64619" w:rsidP="00D64619">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="Check5"/>
+            <w:bookmarkStart w:id="19" w:name="Check5"/>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00EB00A2">
-[...5 lines deleted...]
-            <w:r w:rsidR="00EB00A2">
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="18"/>
+            <w:bookmarkEnd w:id="19"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4641" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="124519BC" w14:textId="77777777" w:rsidR="00D64619" w:rsidRPr="00BD5C65" w:rsidRDefault="00D64619" w:rsidP="00D64619">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009E7D88">
+          <w:p w14:paraId="124519BC" w14:textId="57D12480" w:rsidR="00D64619" w:rsidRPr="00BD5C65" w:rsidRDefault="007F23A1" w:rsidP="00D64619">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Viðurkennd skilríki allra þeirra sem hafa heimild til að koma fram fyrir hönd lögaðila gagnvart bankanum</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Þeir sem hafa heimild til að koma fram fyrir hönd lögaðila gagnvart bankanum skulu sanna á sér deili á </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r w:rsidRPr="00C33497">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>www.arionbanki.is</w:t>
+              </w:r>
+            </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>.</w:t>
-[...70 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve"> undir </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F23A1">
+              <w:rPr>
+                <w:rStyle w:val="SubtleEmphasis"/>
+                <w:i/>
+                <w:iCs w:val="0"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Skráning skilríkja</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
-[...5 lines deleted...]
-              <w:t>Staðfesting og upplýsingar um eignarhald.</w:t>
+              <w:t>, mæta í útibú með skilríki eða senda notary vottað afrit af upprunalegum skilríkjum.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="483CF8EF" w14:textId="77777777" w:rsidR="00C54028" w:rsidRPr="00C54028" w:rsidRDefault="00C54028" w:rsidP="00AB0BE1">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="8"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="124519C1" w14:textId="411B1D39" w:rsidR="00EF6148" w:rsidRDefault="00D64619" w:rsidP="00AB0BE1">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t>Arion banki hf. áskilur sér rétt til að kalla eftir frekari upplýsingum eða staðfestingu, eftir því sem þörf krefur.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="718CC980" w14:textId="77777777" w:rsidR="00C54028" w:rsidRPr="00C54028" w:rsidRDefault="00C54028" w:rsidP="00AB0BE1">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:sz w:val="8"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="710"/>
-        <w:gridCol w:w="9184"/>
+        <w:gridCol w:w="708"/>
+        <w:gridCol w:w="578"/>
+        <w:gridCol w:w="8578"/>
       </w:tblGrid>
       <w:tr w:rsidR="002700E7" w14:paraId="559DDEC8" w14:textId="77777777" w:rsidTr="00EF08DD">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="359" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="55F0F5AA" w14:textId="3922E831" w:rsidR="002700E7" w:rsidRPr="00BF0D51" w:rsidRDefault="002700E7" w:rsidP="00EF08DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
@@ -20519,420 +20933,470 @@
             <w:r w:rsidR="001D5CDC">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>TC</w:t>
             </w:r>
             <w:r w:rsidRPr="00BF0D51">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>A:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4641" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="180D69BB" w14:textId="77777777" w:rsidR="002700E7" w:rsidRPr="006C5185" w:rsidRDefault="002700E7" w:rsidP="00EF08DD">
+          <w:p w14:paraId="180D69BB" w14:textId="1B259FE6" w:rsidR="002700E7" w:rsidRPr="006C5185" w:rsidRDefault="002700E7" w:rsidP="00EF08DD">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="is-IS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006C5185">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>Í samræmi við skattalögjöf í Bandasríkjunum, Foreign Account Tax Compliance Act (FATCA), óskum við eftir TIN númeri ef viðskiptavinur, og/eða eigandi lögaðila, er með skattalegt heimilisfesti eða skattskyldur í Bandaríkjunum.</w:t>
+              <w:t>Í samræmi við skattalö</w:t>
+            </w:r>
+            <w:r w:rsidR="007F23A1">
+              <w:rPr>
+                <w:rStyle w:val="SubtleEmphasis"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>g</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C5185">
+              <w:rPr>
+                <w:rStyle w:val="SubtleEmphasis"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>gjöf í Bandaríkjunum, Foreign Account Tax Compliance Act (FATCA), óskum við eftir TIN númeri ef viðskiptavinur, og/eða eigandi lögaðila, er með skattalegt heimilisfesti eða skattskyldur í Bandaríkjunum.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002700E7" w14:paraId="250D2CAB" w14:textId="77777777" w:rsidTr="00EF08DD">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="359" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2478932C" w14:textId="77777777" w:rsidR="002700E7" w:rsidRPr="00BF0D51" w:rsidRDefault="002700E7" w:rsidP="00EF08DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF0D51">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>*CRS:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4641" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="40B2C3C5" w14:textId="77777777" w:rsidR="002700E7" w:rsidRPr="006C5185" w:rsidRDefault="002700E7" w:rsidP="00EF08DD">
+          <w:p w14:paraId="40B2C3C5" w14:textId="4EEE936F" w:rsidR="002700E7" w:rsidRPr="006C5185" w:rsidRDefault="002700E7" w:rsidP="00EF08DD">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="is-IS"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006C5185">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Í samræmi vi</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">ð samkomulag milli OECD ríkja, </w:t>
             </w:r>
             <w:r w:rsidRPr="006C5185">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>Common Reporting Standard (CRS), óskum við eftir upplýsingum um skattkennitölu ef viðskiptavinur, og /eða eigandi/ur lögaðila, er með skattalegt heimilisfesti eða skattskyldur í OECD ríki.</w:t>
+              <w:t>Common Reporting Standard (CRS), óskum við eftir upplýsingum um skatt</w:t>
+            </w:r>
+            <w:r w:rsidR="00081907">
+              <w:rPr>
+                <w:rStyle w:val="SubtleEmphasis"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C5185">
+              <w:rPr>
+                <w:rStyle w:val="SubtleEmphasis"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>kennitölu ef viðskiptavinur, og /eða eigandi/ur lögaðila, er með skattalegt heimilisfesti eða skattskyldur í OECD ríki.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002700E7" w14:paraId="29D32432" w14:textId="77777777" w:rsidTr="00EF08DD">
+      <w:tr w:rsidR="007F23A1" w14:paraId="29D32432" w14:textId="77777777" w:rsidTr="007F23A1">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="359" w:type="pct"/>
+            <w:tcW w:w="652" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="145433A3" w14:textId="77777777" w:rsidR="002700E7" w:rsidRPr="00BF0D51" w:rsidRDefault="002700E7" w:rsidP="00EF08DD">
+          <w:p w14:paraId="6C59EB7A" w14:textId="77777777" w:rsidR="007F23A1" w:rsidRPr="00BF0D51" w:rsidRDefault="007F23A1" w:rsidP="00EF08DD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>*PEP:</w:t>
-[...14 lines deleted...]
-          <w:p w14:paraId="7D4DB985" w14:textId="77777777" w:rsidR="002700E7" w:rsidRPr="006C5185" w:rsidRDefault="002700E7" w:rsidP="00EF08DD">
+              <w:t>*Stjórnmálatengsl:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4348" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D4DB985" w14:textId="08CB5DEF" w:rsidR="007F23A1" w:rsidRPr="006C5185" w:rsidRDefault="007F23A1" w:rsidP="00EF08DD">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006C5185">
               <w:rPr>
                 <w:rStyle w:val="SubtleEmphasis"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>Þeir sem teljast til þessa hóps eru aðilar sem eru eða hafa verið háttsettir í opinberri þjónustu og nánasta fjölskylda þeirra eða einstaklingar sem vitað er að eru nánir samstrafsmenn þeirra)</w:t>
+              <w:t>Þeir sem teljast til þessa hóps eru aðilar sem eru eða hafa verið háttsettir í opinberri þjónustu og nánasta fjölskylda þeirra eða einstaklingar sem vitað er að eru nánir samst</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="SubtleEmphasis"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>arf</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C5185">
+              <w:rPr>
+                <w:rStyle w:val="SubtleEmphasis"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>smenn þeirra</w:t>
+            </w:r>
+            <w:r w:rsidR="00932DF1">
+              <w:rPr>
+                <w:rStyle w:val="SubtleEmphasis"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="68D19B82" w14:textId="77777777" w:rsidR="002700E7" w:rsidRPr="00C54028" w:rsidRDefault="002700E7" w:rsidP="00C54028">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="002700E7" w:rsidRPr="00C54028" w:rsidSect="00752E3D">
-      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="851" w:right="1021" w:bottom="851" w:left="1021" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="124519D2" w14:textId="77777777" w:rsidR="00C50896" w:rsidRDefault="00C50896" w:rsidP="006C3641">
+    <w:p w14:paraId="7337998F" w14:textId="77777777" w:rsidR="00C50896" w:rsidRDefault="00C50896" w:rsidP="006C3641">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="124519D3" w14:textId="77777777" w:rsidR="00C50896" w:rsidRDefault="00C50896" w:rsidP="006C3641">
+    <w:p w14:paraId="3A76B882" w14:textId="77777777" w:rsidR="00C50896" w:rsidRDefault="00C50896" w:rsidP="006C3641">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Malgun Gothic">
-    <w:altName w:val="맑은 고딕"/>
     <w:panose1 w:val="020B0503020000020004"/>
     <w:charset w:val="81"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="9000002F" w:usb1="29D77CFB" w:usb2="00000012" w:usb3="00000000" w:csb0="00080001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="TableGrid"/>
       <w:tblW w:w="5000" w:type="pct"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
-      <w:gridCol w:w="3509"/>
-[...1 lines deleted...]
-      <w:gridCol w:w="3593"/>
+      <w:gridCol w:w="3434"/>
+      <w:gridCol w:w="2914"/>
+      <w:gridCol w:w="3516"/>
     </w:tblGrid>
     <w:tr w:rsidR="00C50896" w14:paraId="124519D7" w14:textId="77777777" w:rsidTr="007A34DE">
       <w:trPr>
         <w:trHeight w:val="794"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1741" w:type="pct"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
-        <w:p w14:paraId="124519D4" w14:textId="56ECD237" w:rsidR="00C50896" w:rsidRDefault="00C50896" w:rsidP="00482EA0">
+        <w:p w14:paraId="124519D4" w14:textId="4A0E6CF9" w:rsidR="00C50896" w:rsidRDefault="00C50896" w:rsidP="00482EA0">
           <w:pPr>
             <w:rPr>
               <w:rStyle w:val="Emphasis"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00C21889">
             <w:rPr>
               <w:rStyle w:val="Emphasis"/>
             </w:rPr>
             <w:t xml:space="preserve">Ebl. </w:t>
           </w:r>
-          <w:bookmarkStart w:id="19" w:name="T_NR"/>
+          <w:bookmarkStart w:id="20" w:name="T_NR"/>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Emphasis"/>
             </w:rPr>
             <w:t>18</w:t>
           </w:r>
           <w:r w:rsidR="00963D9D">
             <w:rPr>
               <w:rStyle w:val="Emphasis"/>
             </w:rPr>
             <w:t>.7.2.33</w:t>
           </w:r>
-          <w:bookmarkEnd w:id="19"/>
+          <w:bookmarkEnd w:id="20"/>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Emphasis"/>
             </w:rPr>
             <w:t xml:space="preserve">  /  </w:t>
           </w:r>
           <w:r w:rsidR="00EB00A2">
             <w:rPr>
               <w:rStyle w:val="Emphasis"/>
             </w:rPr>
-            <w:t>11</w:t>
+            <w:t>1</w:t>
+          </w:r>
+          <w:r w:rsidR="00081907">
+            <w:rPr>
+              <w:rStyle w:val="Emphasis"/>
+            </w:rPr>
+            <w:t>2</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Emphasis"/>
             </w:rPr>
             <w:t>.2</w:t>
           </w:r>
-          <w:r w:rsidR="00CA4BA4">
+          <w:r w:rsidR="00081907">
             <w:rPr>
               <w:rStyle w:val="Emphasis"/>
             </w:rPr>
-            <w:t>4</w:t>
+            <w:t>5</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Emphasis"/>
             </w:rPr>
             <w:t xml:space="preserve">  /  7 ár+</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1477" w:type="pct"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="Emphasis"/>
             </w:rPr>
             <w:id w:val="-379940538"/>
             <w:docPartObj>
               <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
               <w:docPartUnique/>
             </w:docPartObj>
           </w:sdtPr>
@@ -21017,91 +21481,91 @@
                 </w:rPr>
                 <w:t>3</w:t>
               </w:r>
               <w:r w:rsidRPr="00AB47BF">
                 <w:rPr>
                   <w:rStyle w:val="Emphasis"/>
                 </w:rPr>
                 <w:fldChar w:fldCharType="end"/>
               </w:r>
             </w:p>
           </w:sdtContent>
         </w:sdt>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1782" w:type="pct"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p w14:paraId="124519D6" w14:textId="77777777" w:rsidR="00C50896" w:rsidRDefault="00C50896" w:rsidP="00953C8C">
           <w:pPr>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rStyle w:val="Emphasis"/>
             </w:rPr>
           </w:pPr>
-          <w:bookmarkStart w:id="20" w:name="STRIKAM"/>
-          <w:bookmarkEnd w:id="20"/>
+          <w:bookmarkStart w:id="21" w:name="STRIKAM"/>
+          <w:bookmarkEnd w:id="21"/>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="124519D8" w14:textId="77777777" w:rsidR="00C50896" w:rsidRPr="003A6A66" w:rsidRDefault="00C50896" w:rsidP="003A6A66">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rStyle w:val="Emphasis"/>
         <w:iCs w:val="0"/>
         <w:sz w:val="4"/>
         <w:szCs w:val="4"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="124519D0" w14:textId="77777777" w:rsidR="00C50896" w:rsidRDefault="00C50896" w:rsidP="006C3641">
+    <w:p w14:paraId="60DB23BB" w14:textId="77777777" w:rsidR="00C50896" w:rsidRDefault="00C50896" w:rsidP="006C3641">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="124519D1" w14:textId="77777777" w:rsidR="00C50896" w:rsidRDefault="00C50896" w:rsidP="006C3641">
+    <w:p w14:paraId="7F55D551" w14:textId="77777777" w:rsidR="00C50896" w:rsidRDefault="00C50896" w:rsidP="006C3641">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0DEF2AB5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0B9CC802"/>
     <w:lvl w:ilvl="0" w:tplc="2C02A5B2">
       <w:start w:val="60"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="461" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040F0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1181" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -21178,247 +21642,263 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040F0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6221" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2076472442">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="QbPospPfMaQqHbaHxPr0lpxC2Yc/J8OPHTXcqB3x8u9zVwZdN3HnRchCrCwFR2eTysVKX0kF2XLzlhFnNdnZlg==" w:salt="3ifnQE40ETmnHbrPkVpIng=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="MBG9z8L6ZyF4uIQbTx8Uvrfo8fUZE7oDvBF2mZPCSojtbwGkz8g+ww3xpl+PcBOIqoHIxoUu/+aWpjs2TNnPpg==" w:salt="kxc4TtAZwhV8+ORFWjFY5w=="/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="59393"/>
+    <o:shapedefaults v:ext="edit" spidmax="65537"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006C3641"/>
+    <w:rsid w:val="00005D41"/>
     <w:rsid w:val="00064B62"/>
+    <w:rsid w:val="00081907"/>
     <w:rsid w:val="000B6BB4"/>
+    <w:rsid w:val="000E09F8"/>
     <w:rsid w:val="0010014E"/>
     <w:rsid w:val="00144C7D"/>
     <w:rsid w:val="00155E5B"/>
     <w:rsid w:val="00161D01"/>
     <w:rsid w:val="001A49D0"/>
     <w:rsid w:val="001B4C2B"/>
     <w:rsid w:val="001D47EF"/>
     <w:rsid w:val="001D5CDC"/>
     <w:rsid w:val="002015C2"/>
     <w:rsid w:val="00201A28"/>
+    <w:rsid w:val="00216939"/>
     <w:rsid w:val="00223911"/>
     <w:rsid w:val="002249EA"/>
     <w:rsid w:val="00231790"/>
+    <w:rsid w:val="00234776"/>
     <w:rsid w:val="00247F0D"/>
     <w:rsid w:val="00255CE0"/>
     <w:rsid w:val="002700E7"/>
     <w:rsid w:val="002A6CAC"/>
     <w:rsid w:val="002C0FBA"/>
     <w:rsid w:val="002E4620"/>
+    <w:rsid w:val="002F37F0"/>
     <w:rsid w:val="00352027"/>
     <w:rsid w:val="00381A22"/>
     <w:rsid w:val="003A6A66"/>
     <w:rsid w:val="00410AD4"/>
     <w:rsid w:val="004469CC"/>
     <w:rsid w:val="00453971"/>
     <w:rsid w:val="00471AC1"/>
     <w:rsid w:val="00472BAF"/>
     <w:rsid w:val="00482EA0"/>
     <w:rsid w:val="004925B1"/>
     <w:rsid w:val="00495BC5"/>
     <w:rsid w:val="004C62C8"/>
     <w:rsid w:val="004D1F6C"/>
     <w:rsid w:val="004E6D71"/>
     <w:rsid w:val="004F6AE7"/>
     <w:rsid w:val="0057781B"/>
     <w:rsid w:val="005D2EFC"/>
     <w:rsid w:val="005F0217"/>
     <w:rsid w:val="005F1480"/>
     <w:rsid w:val="00627B33"/>
     <w:rsid w:val="00662239"/>
     <w:rsid w:val="00667B1D"/>
     <w:rsid w:val="0067369F"/>
     <w:rsid w:val="006B493A"/>
     <w:rsid w:val="006B531A"/>
     <w:rsid w:val="006C07F2"/>
     <w:rsid w:val="006C3641"/>
     <w:rsid w:val="00702F51"/>
     <w:rsid w:val="007327E9"/>
     <w:rsid w:val="00752E3D"/>
     <w:rsid w:val="00753DCA"/>
     <w:rsid w:val="007606C8"/>
     <w:rsid w:val="00767075"/>
     <w:rsid w:val="00777B0A"/>
     <w:rsid w:val="00777E67"/>
     <w:rsid w:val="007935A7"/>
     <w:rsid w:val="007A171B"/>
     <w:rsid w:val="007A34DE"/>
     <w:rsid w:val="007B19BF"/>
     <w:rsid w:val="007B35AF"/>
     <w:rsid w:val="007B4020"/>
+    <w:rsid w:val="007F23A1"/>
     <w:rsid w:val="008134AD"/>
     <w:rsid w:val="008175BE"/>
     <w:rsid w:val="00833D2E"/>
     <w:rsid w:val="00834478"/>
     <w:rsid w:val="008472B0"/>
     <w:rsid w:val="00866DB8"/>
     <w:rsid w:val="00872F3A"/>
     <w:rsid w:val="00886A9F"/>
     <w:rsid w:val="008A4EBA"/>
     <w:rsid w:val="008D2937"/>
     <w:rsid w:val="00910D42"/>
     <w:rsid w:val="00924D51"/>
+    <w:rsid w:val="00932DF1"/>
     <w:rsid w:val="0094798B"/>
     <w:rsid w:val="00953C8C"/>
     <w:rsid w:val="00963D9D"/>
     <w:rsid w:val="009775E4"/>
     <w:rsid w:val="009C71A7"/>
     <w:rsid w:val="009D68BB"/>
     <w:rsid w:val="00A02ADE"/>
     <w:rsid w:val="00A03885"/>
     <w:rsid w:val="00A335A7"/>
     <w:rsid w:val="00A340D6"/>
     <w:rsid w:val="00A368D3"/>
     <w:rsid w:val="00A37E88"/>
     <w:rsid w:val="00A50704"/>
     <w:rsid w:val="00A56630"/>
     <w:rsid w:val="00A961FC"/>
     <w:rsid w:val="00AA02B2"/>
     <w:rsid w:val="00AB0BE1"/>
     <w:rsid w:val="00AE0290"/>
     <w:rsid w:val="00AE1089"/>
     <w:rsid w:val="00AE3CEC"/>
     <w:rsid w:val="00AE4C14"/>
     <w:rsid w:val="00B06230"/>
+    <w:rsid w:val="00B06CAA"/>
     <w:rsid w:val="00B2400B"/>
     <w:rsid w:val="00B462AE"/>
     <w:rsid w:val="00B61B0C"/>
     <w:rsid w:val="00BA28BE"/>
     <w:rsid w:val="00BB05EB"/>
     <w:rsid w:val="00BD18F1"/>
     <w:rsid w:val="00BE05D1"/>
     <w:rsid w:val="00BF5401"/>
     <w:rsid w:val="00C02C03"/>
     <w:rsid w:val="00C06448"/>
     <w:rsid w:val="00C32DD7"/>
     <w:rsid w:val="00C467DE"/>
     <w:rsid w:val="00C50896"/>
     <w:rsid w:val="00C54028"/>
     <w:rsid w:val="00C753C1"/>
     <w:rsid w:val="00C836C4"/>
     <w:rsid w:val="00CA1F66"/>
     <w:rsid w:val="00CA4BA4"/>
+    <w:rsid w:val="00CE62F3"/>
     <w:rsid w:val="00CF78B2"/>
     <w:rsid w:val="00D017A9"/>
     <w:rsid w:val="00D510E0"/>
     <w:rsid w:val="00D64619"/>
     <w:rsid w:val="00D65BEF"/>
+    <w:rsid w:val="00D92798"/>
     <w:rsid w:val="00DD165A"/>
     <w:rsid w:val="00DF5DB1"/>
     <w:rsid w:val="00DF6ED2"/>
     <w:rsid w:val="00E048BF"/>
     <w:rsid w:val="00E36E92"/>
     <w:rsid w:val="00E44AA9"/>
     <w:rsid w:val="00E64462"/>
     <w:rsid w:val="00E722D4"/>
     <w:rsid w:val="00E8471B"/>
     <w:rsid w:val="00E87B8C"/>
+    <w:rsid w:val="00E97853"/>
     <w:rsid w:val="00EB00A2"/>
     <w:rsid w:val="00EB5F80"/>
     <w:rsid w:val="00ED3D0B"/>
     <w:rsid w:val="00EE5526"/>
     <w:rsid w:val="00EF08DD"/>
     <w:rsid w:val="00EF6148"/>
     <w:rsid w:val="00EF7BFA"/>
     <w:rsid w:val="00F16A1D"/>
     <w:rsid w:val="00F22978"/>
     <w:rsid w:val="00F70221"/>
     <w:rsid w:val="00F84536"/>
     <w:rsid w:val="00FF763A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="is-IS" w:eastAsia="ko-KR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="59393"/>
+    <o:shapedefaults v:ext="edit" spidmax="65537"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="124517C1"/>
   <w15:docId w15:val="{5911A363-0312-4F4B-8EF7-B536965E71CA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="is-IS" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -22197,59 +22677,71 @@
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="002700E7"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="007F23A1"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.arionbanki.is" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -22504,50 +22996,613 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ABSkjalVV" ma:contentTypeID="0x010100E4B5B3D62F4DD546A0D2B99A9DEF7CFF02003CC77624A804884FB4340578DAFA8E5C" ma:contentTypeVersion="91" ma:contentTypeDescription="Grunnskjal fyrir skjöl viðskiptavina" ma:contentTypeScope="" ma:versionID="bfc4bf7356562233a882c474bb1df73f">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="3a80df53-966d-4465-b537-67eff46a37b0" xmlns:ns3="ad6b2046-6491-4289-ba72-c03880166533" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fcb3926226a4b168e125c12e78e57b84" ns1:_="" ns2:_="" ns3:_="">
+    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
+    <xsd:import namespace="3a80df53-966d-4465-b537-67eff46a37b0"/>
+    <xsd:import namespace="ad6b2046-6491-4289-ba72-c03880166533"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:glbMikilvaegi"/>
+                <xsd:element ref="ns2:glbTungumal" minOccurs="0"/>
+                <xsd:element ref="ns2:glbLeynd" minOccurs="0"/>
+                <xsd:element ref="ns2:glbATH" minOccurs="0"/>
+                <xsd:element ref="ns2:glbSnidmatIGildi" minOccurs="0"/>
+                <xsd:element ref="ns2:glbSkjalaholf"/>
+                <xsd:element ref="ns2:glbSkilyrt" minOccurs="0"/>
+                <xsd:element ref="ns2:glbAdrarKennitolur" minOccurs="0"/>
+                <xsd:element ref="ns2:glbSPPI" minOccurs="0"/>
+                <xsd:element ref="ns2:glbSPPINidurstada" minOccurs="0"/>
+                <xsd:element ref="ns2:glbSPPIProf" minOccurs="0"/>
+                <xsd:element ref="ns2:glbSPPIskilmalar" minOccurs="0"/>
+                <xsd:element ref="ns2:glbSyslumannsembaetti" minOccurs="0"/>
+                <xsd:element ref="ns2:glbFastanumer" minOccurs="0"/>
+                <xsd:element ref="ns2:glbLandnumer" minOccurs="0"/>
+                <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:glbMalanumer" minOccurs="0"/>
+                <xsd:element ref="ns2:glbKennitala1" minOccurs="0"/>
+                <xsd:element ref="ns2:glbKennitala2" minOccurs="0"/>
+                <xsd:element ref="ns2:glbKennitolur" minOccurs="0"/>
+                <xsd:element ref="ns2:glbNafn1" minOccurs="0"/>
+                <xsd:element ref="ns2:glbNafn2" minOccurs="0"/>
+                <xsd:element ref="ns2:glbStarfsmannaSkjal" minOccurs="0"/>
+                <xsd:element ref="ns2:glbUpprunakerfi" minOccurs="0"/>
+                <xsd:element ref="ns2:glbUtprentunardagsetning" minOccurs="0"/>
+                <xsd:element ref="ns2:glbVersionsXML" minOccurs="0"/>
+                <xsd:element ref="ns2:glbDagsSkjals" minOccurs="0"/>
+                <xsd:element ref="ns2:glbKerfisstada" minOccurs="0"/>
+                <xsd:element ref="ns2:glbTegundUndirritunar" minOccurs="0"/>
+                <xsd:element ref="ns2:glbthinglysingarnumer" minOccurs="0"/>
+                <xsd:element ref="ns2:glbLokadagsetning" minOccurs="0"/>
+                <xsd:element ref="ns2:glbSkjalanumer" minOccurs="0"/>
+                <xsd:element ref="ns2:glbEydingarDagsetning" minOccurs="0"/>
+                <xsd:element ref="ns2:glbDagsThinglysingar" minOccurs="0"/>
+                <xsd:element ref="ns2:glbEydubladanumer" minOccurs="0"/>
+                <xsd:element ref="ns2:d1a7a1bcd69146528a5aaed9a3cced7a" minOccurs="0"/>
+                <xsd:element ref="ns2:TaxCatchAllLabel" minOccurs="0"/>
+                <xsd:element ref="ns2:j4fcab34387d4895869c4f1a02cf3739" minOccurs="0"/>
+                <xsd:element ref="ns2:jf0ab4b1a7174bc88290c5a10b3f8733" minOccurs="0"/>
+                <xsd:element ref="ns2:i94340f58d9c463797252a58a74fbc73" minOccurs="0"/>
+                <xsd:element ref="ns2:TaxKeywordTaxHTField" minOccurs="0"/>
+                <xsd:element ref="ns2:fe34b03587d047fcbde570fc54e706fc" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="60" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="61" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="3a80df53-966d-4465-b537-67eff46a37b0" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="glbMikilvaegi" ma:index="2" ma:displayName="Mikilvægi" ma:default="MBI" ma:format="Dropdown" ma:indexed="true" ma:internalName="glbMikilvaegi" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="HBI"/>
+          <xsd:enumeration value="MBI"/>
+          <xsd:enumeration value="LBI"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="glbTungumal" ma:index="4" nillable="true" ma:displayName="Tungumál" ma:default="Íslenska" ma:format="Dropdown" ma:indexed="true" ma:internalName="glbTungumal" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Danska"/>
+          <xsd:enumeration value="Enska"/>
+          <xsd:enumeration value="Íslenska"/>
+          <xsd:enumeration value="Norska"/>
+          <xsd:enumeration value="Pólska"/>
+          <xsd:enumeration value="Sænska"/>
+          <xsd:enumeration value="Þýska"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="glbLeynd" ma:index="5" nillable="true" ma:displayName="Leynd" ma:default="Lág" ma:format="Dropdown" ma:indexed="true" ma:internalName="glbLeynd" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Lág"/>
+          <xsd:enumeration value="Meðal"/>
+          <xsd:enumeration value="Há"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="glbATH" ma:index="6" nillable="true" ma:displayName="ATH" ma:internalName="glbATH" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="glbSnidmatIGildi" ma:index="8" nillable="true" ma:displayName="Sniðmát í gildi" ma:default="1" ma:indexed="true" ma:internalName="glbSnidmatIGildi" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="glbSkjalaholf" ma:index="9" ma:displayName="Skjalahólf" ma:default="Óskilgreint" ma:format="Dropdown" ma:internalName="glbSkjalaholf" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Óskilgreint"/>
+          <xsd:enumeration value="VBS - Útibú"/>
+          <xsd:enumeration value="ES Verðbréfayfirlit"/>
+          <xsd:enumeration value="EFÍA"/>
+          <xsd:enumeration value="Frjálsi"/>
+          <xsd:enumeration value="Lífeyrissjóður bænda"/>
+          <xsd:enumeration value="LSBÍ"/>
+          <xsd:enumeration value="Lánaskjöl starfsmanna"/>
+          <xsd:enumeration value="Greiðsluaðlögun"/>
+          <xsd:enumeration value="Umboðsmaður skuldara"/>
+          <xsd:enumeration value="Sértæk skuldaaðlögun"/>
+          <xsd:enumeration value="Markaðsviðskipti"/>
+          <xsd:enumeration value="Eignastýring fagfjárfesta"/>
+          <xsd:enumeration value="Fjárfestingarþjónusta"/>
+          <xsd:enumeration value="Einkabankaþjónusta"/>
+          <xsd:enumeration value="Skilríki"/>
+          <xsd:enumeration value="Persónuvernd"/>
+          <xsd:enumeration value="Fyrirtækjasvið"/>
+          <xsd:enumeration value="Starfsmannaskjöl mannauðs"/>
+          <xsd:enumeration value="SPPI"/>
+          <xsd:enumeration value="Almennar vinnslur"/>
+          <xsd:enumeration value="Stefnir"/>
+          <xsd:enumeration value="Fyrirtækjaráðgjöf"/>
+          <xsd:enumeration value="Endurskipulagning"/>
+          <xsd:enumeration value="Frjálsi Lífeyrir"/>
+          <xsd:enumeration value="Libra"/>
+          <xsd:enumeration value="EFÍA – lífeyrir"/>
+          <xsd:enumeration value="Lífeyrisauki – lífeyrir"/>
+          <xsd:enumeration value="LSBÍ – lífeyrir"/>
+          <xsd:enumeration value="Lífeyrissjóður Rangæinga – lífeyrir"/>
+          <xsd:enumeration value="CRM"/>
+          <xsd:enumeration value="Lánanefnd"/>
+          <xsd:enumeration value="Sjálfvirkar vinnslur"/>
+          <xsd:enumeration value="LibraLokað"/>
+          <xsd:enumeration value="Netbanki"/>
+          <xsd:enumeration value="Vörður"/>
+          <xsd:enumeration value="Sértækar vinnslur"/>
+          <xsd:enumeration value="VBS - Útibú - 2"/>
+          <xsd:enumeration value="Dunning"/>
+          <xsd:enumeration value="Customer Data"/>
+          <xsd:enumeration value="Eignafjarmognun"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="glbSkilyrt" ma:index="10" nillable="true" ma:displayName="Skilyrt" ma:internalName="glbSkilyrt" ma:readOnly="false" ma:requiredMultiChoice="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoice">
+            <xsd:sequence>
+              <xsd:element name="Value" maxOccurs="unbounded" minOccurs="0" nillable="true">
+                <xsd:simpleType>
+                  <xsd:restriction base="dms:Choice">
+                    <xsd:enumeration value="Fyrir einstaklinga"/>
+                    <xsd:enumeration value="Fyrir fyrirtæki"/>
+                    <xsd:enumeration value="Fyrir krakka"/>
+                    <xsd:enumeration value="Fyrir unglinga yngri"/>
+                    <xsd:enumeration value="Fyrir unglinga eldri"/>
+                    <xsd:enumeration value="Fyrir eldriborgara"/>
+                    <xsd:enumeration value="Verður að vera námsmaður"/>
+                  </xsd:restriction>
+                </xsd:simpleType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="glbAdrarKennitolur" ma:index="11" nillable="true" ma:displayName="AðrarKennitölur" ma:internalName="glbAdrarKennitolur" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="glbSPPI" ma:index="13" nillable="true" ma:displayName="SPPI" ma:default="0" ma:internalName="glbSPPI" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="glbSPPINidurstada" ma:index="14" nillable="true" ma:displayName="SPPI niðurstaða" ma:default="[Velja]" ma:format="Dropdown" ma:internalName="glbSPPINidurstada" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="[Velja]"/>
+          <xsd:enumeration value="Staðið"/>
+          <xsd:enumeration value="Fallið"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="glbSPPIProf" ma:index="15" nillable="true" ma:displayName="SPPI próf" ma:format="Hyperlink" ma:internalName="glbSPPIProf" ma:readOnly="false">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:URL">
+            <xsd:sequence>
+              <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
+              <xsd:element name="Description" type="xsd:string" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="glbSPPIskilmalar" ma:index="16" nillable="true" ma:displayName="SPPI skilmálar" ma:format="Hyperlink" ma:internalName="glbSPPIskilmalar" ma:readOnly="false">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:URL">
+            <xsd:sequence>
+              <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
+              <xsd:element name="Description" type="xsd:string" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="glbSyslumannsembaetti" ma:index="17" nillable="true" ma:displayName="Sýslumannsembætti" ma:description="Sýslumannsembætti sem skjal er unnið hjá." ma:internalName="glbSyslumannsembaetti" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="glbFastanumer" ma:index="18" nillable="true" ma:displayName="Fastanúmer" ma:description="Þarf að gera ráð fyrir Fastanúmeri í vörslu t.d. fyrir íbúðir eða bílnúmer." ma:internalName="glbFastanumer" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="glbLandnumer" ma:index="19" nillable="true" ma:displayName="Landnúmer" ma:description="Landnúmeri eignar semJaki er þá lóðarnúmer t.d." ma:internalName="glbLandnumer" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="21" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{a33e7cb1-5fd5-4a75-85ec-81112801288b}" ma:internalName="TaxCatchAll" ma:readOnly="false" ma:showField="CatchAllData" ma:web="3a80df53-966d-4465-b537-67eff46a37b0">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="glbMalanumer" ma:index="22" nillable="true" ma:displayName="Málanúmer" ma:hidden="true" ma:internalName="glbMalanumer" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="glbKennitala1" ma:index="25" nillable="true" ma:displayName="Kennitala1" ma:hidden="true" ma:internalName="glbKennitala1" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="glbKennitala2" ma:index="26" nillable="true" ma:displayName="Kennitala2" ma:hidden="true" ma:internalName="glbKennitala2" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="glbKennitolur" ma:index="28" nillable="true" ma:displayName="Kennitölur" ma:hidden="true" ma:internalName="glbKennitolur" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="glbNafn1" ma:index="29" nillable="true" ma:displayName="Nafn1" ma:hidden="true" ma:internalName="glbNafn1" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="glbNafn2" ma:index="30" nillable="true" ma:displayName="Nafn2" ma:hidden="true" ma:internalName="glbNafn2" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="glbStarfsmannaSkjal" ma:index="32" nillable="true" ma:displayName="StarfsmannaSkjal" ma:default="0" ma:hidden="true" ma:internalName="glbStarfsmannaSkjal" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="glbUpprunakerfi" ma:index="33" nillable="true" ma:displayName="Upprunakerfi" ma:description="Kerfið þaðan sem skjalið er upprunnið" ma:hidden="true" ma:internalName="glbUpprunakerfi" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="glbUtprentunardagsetning" ma:index="34" nillable="true" ma:displayName="Útprentunardagsetning" ma:format="DateTime" ma:hidden="true" ma:internalName="glbUtprentunardagsetning" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="glbVersionsXML" ma:index="35" nillable="true" ma:displayName="Version XML" ma:hidden="true" ma:internalName="glbVersionsXML" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="glbDagsSkjals" ma:index="36" nillable="true" ma:displayName="DagsSkjals" ma:default="[today]" ma:format="DateOnly" ma:hidden="true" ma:internalName="glbDagsSkjals" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="glbKerfisstada" ma:index="40" nillable="true" ma:displayName="Kerfisstaða" ma:hidden="true" ma:internalName="glbKerfisstada" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="glbTegundUndirritunar" ma:index="41" nillable="true" ma:displayName="Tegund undirritunar" ma:hidden="true" ma:internalName="glbTegundUndirritunar" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="glbthinglysingarnumer" ma:index="42" nillable="true" ma:displayName="Þinglýsingarnúmer" ma:description="Þinglýsingar númer sem þarf að vista sértækt með gagni." ma:hidden="true" ma:internalName="glbthinglysingarnumer" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="glbLokadagsetning" ma:index="43" nillable="true" ma:displayName="LokaDagsSkjals" ma:default="[today]" ma:format="DateOnly" ma:hidden="true" ma:internalName="glbLokadagsetning" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="glbSkjalanumer" ma:index="44" nillable="true" ma:displayName="Skjalanúmer" ma:hidden="true" ma:internalName="glbSkjalanumer" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="glbEydingarDagsetning" ma:index="45" nillable="true" ma:displayName="EyðingarDags" ma:format="DateOnly" ma:hidden="true" ma:internalName="glbEydingarDagsetning" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="glbDagsThinglysingar" ma:index="46" nillable="true" ma:displayName="DagsÞinglýsingar" ma:description="Dagsetningar þinglýsingar – þarf fleiri en eina dagsetningu (sent, móttekið, klárað)? " ma:format="DateTime" ma:hidden="true" ma:internalName="glbDagsThinglysingar" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="glbEydubladanumer" ma:index="47" nillable="true" ma:displayName="Eyðublaðanúmer" ma:description="Field with reference to Tegund field, should contains template Number" ma:hidden="true" ma:internalName="glbEydubladanumer" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="d1a7a1bcd69146528a5aaed9a3cced7a" ma:index="49" nillable="true" ma:taxonomy="true" ma:internalName="d1a7a1bcd69146528a5aaed9a3cced7a" ma:taxonomyFieldName="glbEining" ma:displayName="Eining" ma:readOnly="false" ma:fieldId="{d1a7a1bc-d691-4652-8a5a-aed9a3cced7a}" ma:sspId="fefa8bba-e4ff-442e-bc8e-39d6e28e6fc9" ma:termSetId="04f22232-5d2d-46df-bb1b-22d519772924" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAllLabel" ma:index="50" nillable="true" ma:displayName="Taxonomy Catch All Column1" ma:hidden="true" ma:list="{a33e7cb1-5fd5-4a75-85ec-81112801288b}" ma:internalName="TaxCatchAllLabel" ma:readOnly="false" ma:showField="CatchAllDataLabel" ma:web="3a80df53-966d-4465-b537-67eff46a37b0">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="j4fcab34387d4895869c4f1a02cf3739" ma:index="51" nillable="true" ma:taxonomy="true" ma:internalName="j4fcab34387d4895869c4f1a02cf3739" ma:taxonomyFieldName="glbGeymsluaaetlun" ma:displayName="Geymsluáætlun" ma:indexed="true" ma:readOnly="false" ma:fieldId="{34fcab34-387d-4895-869c-4f1a02cf3739}" ma:sspId="fefa8bba-e4ff-442e-bc8e-39d6e28e6fc9" ma:termSetId="8aa4f024-206d-408d-9f51-837fddb48973" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="jf0ab4b1a7174bc88290c5a10b3f8733" ma:index="52" ma:taxonomy="true" ma:internalName="jf0ab4b1a7174bc88290c5a10b3f8733" ma:taxonomyFieldName="glbSkjalalykill" ma:displayName="Skjalalykill" ma:indexed="true" ma:readOnly="false" ma:fieldId="{3f0ab4b1-a717-4bc8-8290-c5a10b3f8733}" ma:sspId="fefa8bba-e4ff-442e-bc8e-39d6e28e6fc9" ma:termSetId="6e2e308d-9d5e-4d1c-8d89-489c8d0b468f" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="i94340f58d9c463797252a58a74fbc73" ma:index="53" ma:taxonomy="true" ma:internalName="i94340f58d9c463797252a58a74fbc73" ma:taxonomyFieldName="glbTegundVVSkjals" ma:displayName="Tegund" ma:indexed="true" ma:readOnly="false" ma:fieldId="{294340f5-8d9c-4637-9725-2a58a74fbc73}" ma:sspId="fefa8bba-e4ff-442e-bc8e-39d6e28e6fc9" ma:termSetId="94855115-a605-43e2-9d63-09f66ea60609" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="TaxKeywordTaxHTField" ma:index="54" nillable="true" ma:taxonomy="true" ma:internalName="TaxKeywordTaxHTField" ma:taxonomyFieldName="TaxKeyword" ma:displayName="Enterprise Keywords" ma:readOnly="false" ma:fieldId="{23f27201-bee3-471e-b2e7-b64fd8b7ca38}" ma:taxonomyMulti="true" ma:sspId="fefa8bba-e4ff-442e-bc8e-39d6e28e6fc9" ma:termSetId="00000000-0000-0000-0000-000000000000" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="true" ma:isKeyword="true">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="fe34b03587d047fcbde570fc54e706fc" ma:index="55" nillable="true" ma:taxonomy="true" ma:internalName="fe34b03587d047fcbde570fc54e706fc" ma:taxonomyFieldName="glbStadaVV" ma:displayName="Staða" ma:readOnly="false" ma:default="5;#Skjal/umsókn í vinnslu|f0160a8e-60d0-41ad-995a-b5aa424730e4" ma:fieldId="{fe34b035-87d0-47fc-bde5-70fc54e706fc}" ma:sspId="fefa8bba-e4ff-442e-bc8e-39d6e28e6fc9" ma:termSetId="d91d9bf0-b904-4314-891c-c74dadd872fa" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ad6b2046-6491-4289-ba72-c03880166533" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="56" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="57" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="58" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="59" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <jf0ab4b1a7174bc88290c5a10b3f8733 xmlns="3a80df53-966d-4465-b537-67eff46a37b0">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Almennt (23.2.7)</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">4bb1eb54-8778-46c4-a547-311b0a1c58cf</TermId>
         </TermInfo>
       </Terms>
     </jf0ab4b1a7174bc88290c5a10b3f8733>
     <glbAdrarKennitolur xmlns="3a80df53-966d-4465-b537-67eff46a37b0" xsi:nil="true"/>
     <glbMikilvaegi xmlns="3a80df53-966d-4465-b537-67eff46a37b0">MBI</glbMikilvaegi>
     <glbATH xmlns="3a80df53-966d-4465-b537-67eff46a37b0" xsi:nil="true"/>
     <glbEydingarDagsetning xmlns="3a80df53-966d-4465-b537-67eff46a37b0" xsi:nil="true"/>
     <glbSnidmatIGildi xmlns="3a80df53-966d-4465-b537-67eff46a37b0">true</glbSnidmatIGildi>
     <glbUpprunakerfi xmlns="3a80df53-966d-4465-b537-67eff46a37b0" xsi:nil="true"/>
     <TaxCatchAll xmlns="3a80df53-966d-4465-b537-67eff46a37b0">
       <Value>1405</Value>
       <Value>11</Value>
       <Value>199</Value>
       <Value>5</Value>
     </TaxCatchAll>
     <glbNafn1 xmlns="3a80df53-966d-4465-b537-67eff46a37b0" xsi:nil="true"/>
     <glbLokadagsetning xmlns="3a80df53-966d-4465-b537-67eff46a37b0" xsi:nil="true"/>
     <glbMalanumer xmlns="3a80df53-966d-4465-b537-67eff46a37b0" xsi:nil="true"/>
@@ -22593,744 +23648,188 @@
     <glbKennitala2 xmlns="3a80df53-966d-4465-b537-67eff46a37b0" xsi:nil="true"/>
     <glbDagsSkjals xmlns="3a80df53-966d-4465-b537-67eff46a37b0" xsi:nil="true"/>
     <d1a7a1bcd69146528a5aaed9a3cced7a xmlns="3a80df53-966d-4465-b537-67eff46a37b0">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </d1a7a1bcd69146528a5aaed9a3cced7a>
     <glbUtprentunardagsetning xmlns="3a80df53-966d-4465-b537-67eff46a37b0" xsi:nil="true"/>
     <glbTegundUndirritunar xmlns="3a80df53-966d-4465-b537-67eff46a37b0" xsi:nil="true"/>
     <glbStarfsmannaSkjal xmlns="3a80df53-966d-4465-b537-67eff46a37b0">false</glbStarfsmannaSkjal>
     <j4fcab34387d4895869c4f1a02cf3739 xmlns="3a80df53-966d-4465-b537-67eff46a37b0">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Lokadags +7 ár</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">6780ba3d-ef1f-4052-94ba-8da1c46d2c94</TermId>
         </TermInfo>
       </Terms>
     </j4fcab34387d4895869c4f1a02cf3739>
     <glbSPPI xmlns="3a80df53-966d-4465-b537-67eff46a37b0">false</glbSPPI>
     <glbKerfisstada xmlns="3a80df53-966d-4465-b537-67eff46a37b0" xsi:nil="true"/>
     <glbLandnumer xmlns="3a80df53-966d-4465-b537-67eff46a37b0" xsi:nil="true"/>
     <glbFastanumer xmlns="3a80df53-966d-4465-b537-67eff46a37b0" xsi:nil="true"/>
     <glbDagsThinglysingar xmlns="3a80df53-966d-4465-b537-67eff46a37b0" xsi:nil="true"/>
     <glbthinglysingarnumer xmlns="3a80df53-966d-4465-b537-67eff46a37b0" xsi:nil="true"/>
     <glbSyslumannsembaetti xmlns="3a80df53-966d-4465-b537-67eff46a37b0" xsi:nil="true"/>
     <glbEydubladanumer xmlns="3a80df53-966d-4465-b537-67eff46a37b0" xsi:nil="true"/>
     <TaxCatchAllLabel xmlns="3a80df53-966d-4465-b537-67eff46a37b0" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...535 lines deleted...]
-</ct:contentTypeSchema>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C3B8AE2D-4A0B-4C5C-AD5C-C0D72329E48A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="3a80df53-966d-4465-b537-67eff46a37b0"/>
+    <ds:schemaRef ds:uri="ad6b2046-6491-4289-ba72-c03880166533"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9AF0A964-708B-4348-ADEA-A1AF36D55D62}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{25FC577E-3D65-4487-ACC2-6B48FCEBA94E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="ad6b2046-6491-4289-ba72-c03880166533"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="3a80df53-966d-4465-b537-67eff46a37b0"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-</ds:datastoreItem>
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{a355b245-b050-4acd-9089-aafe22475fc8}" enabled="1" method="Standard" siteId="{8a1f1d0a-876f-4ed5-8a0c-89d517bd788a}" removed="0"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>985</Words>
-  <Characters>5618</Characters>
+  <Words>1040</Words>
+  <Characters>5930</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>46</Lines>
+  <Lines>49</Lines>
   <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Arion Banki hf</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6590</CharactersWithSpaces>
+  <CharactersWithSpaces>6957</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ásgerður Káradóttir</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_AdHocReviewCycleID">
-[...2 lines deleted...]
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_NewReviewCycle">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_NewReviewCycle">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_EmailSubject">
-[...8 lines deleted...]
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="_ReviewingToolsShownOnce">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="TaxKeyword">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="TaxKeyword">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="glbTegundVVSkjals">
+    <vt:lpwstr>1405;#Áreiðanleikakönnun - Endurnýjun - lögaðili (KYC)|ab614d28-16f7-4f92-add4-dd26ee89b888</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ContentTypeId">
+    <vt:lpwstr>0x010100E4B5B3D62F4DD546A0D2B99A9DEF7CFF02003CC77624A804884FB4340578DAFA8E5C</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="glbStadaVV">
+    <vt:lpwstr>5;#Skjal/umsókn í vinnslu|f0160a8e-60d0-41ad-995a-b5aa424730e4</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="glbEining">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="glbTegundVVSkjals">
-    <vt:lpwstr>1405;#Áreiðanleikakönnun - Endurnýjun - lögaðili (KYC)|ab614d28-16f7-4f92-add4-dd26ee89b888</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="_dlc_DocIdItemGuid">
+    <vt:lpwstr>f9969ea5-9eb4-42cb-be58-5cd0b74ac553</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="ContentTypeId">
-    <vt:lpwstr>0x010100E4B5B3D62F4DD546A0D2B99A9DEF7CFF02003CC77624A804884FB4340578DAFA8E5C</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="glbSkjalalykill">
+    <vt:lpwstr>199;#Almennt (23.2.7)|4bb1eb54-8778-46c4-a547-311b0a1c58cf</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="_PreviousAdHocReviewCycleID">
-    <vt:i4>694596593</vt:i4>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="WorkflowChangePath">
+    <vt:lpwstr>fe129b94-708f-41ce-9e11-080c4ab001b1,46;fe129b94-708f-41ce-9e11-080c4ab001b1,52;fe129b94-708f-41ce-9e11-080c4ab001b1,57;fe129b94-708f-41ce-9e11-080c4ab001b1,63;fe129b94-708f-41ce-9e11-080c4ab001b1,4;fe129b94-708f-41ce-9e11-080c4ab001b1,10;fe129b94-708f-41fe129b94-708f-41ce-9e11-080c4ab001b1,37;fe129b94-708f-41ce-9e11-080c4ab001b1,8;fe129b94-708f-41ce-9e11-080c4ab001b1,13;fe129b94-708f-41ce-9e11-080c4ab001b1,20;fe129b94-708f-41ce-9e11-080c4ab001b1,25;fe129b94-708f-41ce-9e11-080c4ab001b1,30;fe129b94-708f-41ce-9e11-080c4ab001b1,35;fe129b94-708f-41ce-9e11-080c4ab001b1,39;</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="glbStadaVV">
-    <vt:lpwstr>5;#Skjal/umsókn í vinnslu|f0160a8e-60d0-41ad-995a-b5aa424730e4</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="glbGeymsluaaetlun">
+    <vt:lpwstr>11;#Lokadags +7 ár|6780ba3d-ef1f-4052-94ba-8da1c46d2c94</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="glbEining">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="Tengist Kerfi">
+    <vt:lpwstr>Ytrivefur</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="glbLand">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="_dlc_DocIdItemGuid">
-[...14 lines deleted...]
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="glbLand">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="ValdaVistun">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="ValdaVistun">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="glbLananumer">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="glbLananumer">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="glbReikningsnumer">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="glbReikningsnumer">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="glbTilvisun">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="glbTilvisun">
-[...2 lines deleted...]
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="glbLanveitandi">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="glbLanveitandi">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>